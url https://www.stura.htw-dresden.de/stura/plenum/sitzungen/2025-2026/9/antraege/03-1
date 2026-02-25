--- v0 (2026-01-10)
+++ v1 (2026-02-25)
@@ -31,100 +31,109 @@
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView showHorizontalScroll="true" showVerticalScroll="true" showSheetTabs="true" xWindow="0" yWindow="0" windowWidth="16384" windowHeight="8192" tabRatio="500" firstSheet="0" activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Finanzierung " sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Genauere Finanzierung " sheetId="2" state="visible" r:id="rId3"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.0001"/>
   <extLst>
     <ext xmlns:loext="http://schemas.libreoffice.org/" uri="{7626C862-2A13-11E5-B345-FEFF819CDC9F}">
       <loext:extCalcPr stringRefSyntax="ExcelA1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="106" uniqueCount="76">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="80">
   <si>
     <t xml:space="preserve">Finanzierung SAF WS 25/26 </t>
   </si>
   <si>
     <t xml:space="preserve">Ausgaben </t>
   </si>
   <si>
     <t xml:space="preserve">Einnahmen </t>
   </si>
   <si>
     <t xml:space="preserve">Positionen </t>
   </si>
   <si>
     <t xml:space="preserve">Anmerkungen </t>
   </si>
   <si>
     <t xml:space="preserve">DJ Kosten </t>
   </si>
   <si>
     <t xml:space="preserve">Menge </t>
   </si>
   <si>
     <t xml:space="preserve">Einzelpreis</t>
   </si>
   <si>
     <t xml:space="preserve">Gesamtpreis</t>
   </si>
   <si>
     <t xml:space="preserve">Anbieter </t>
   </si>
   <si>
     <t xml:space="preserve">Position</t>
   </si>
   <si>
     <t xml:space="preserve">Gesamtpreis </t>
   </si>
   <si>
+    <t xml:space="preserve">Floor 1</t>
+  </si>
+  <si>
     <t xml:space="preserve">Bassculture </t>
   </si>
   <si>
     <t xml:space="preserve">VVK Offline</t>
   </si>
   <si>
+    <t xml:space="preserve">Floor 2</t>
+  </si>
+  <si>
     <t xml:space="preserve">O2</t>
   </si>
   <si>
     <t xml:space="preserve">VVK Online</t>
   </si>
   <si>
+    <t xml:space="preserve">Floor 3</t>
+  </si>
+  <si>
     <t xml:space="preserve">Max</t>
   </si>
   <si>
     <t xml:space="preserve">AK </t>
   </si>
   <si>
     <t xml:space="preserve">Ergebnis</t>
   </si>
   <si>
     <t xml:space="preserve">Gesamtkosten DJ:</t>
   </si>
   <si>
     <t xml:space="preserve">Gisela Kosten </t>
   </si>
   <si>
     <t xml:space="preserve">Preis </t>
   </si>
   <si>
     <t xml:space="preserve">Mengen </t>
   </si>
   <si>
     <t xml:space="preserve">Anmerkung </t>
   </si>
   <si>
     <t xml:space="preserve">Miete </t>
@@ -147,81 +156,84 @@
   <si>
     <t xml:space="preserve">inkl. MwSt.</t>
   </si>
   <si>
     <t xml:space="preserve">Gesamt p. P. </t>
   </si>
   <si>
     <t xml:space="preserve">Personen </t>
   </si>
   <si>
     <t xml:space="preserve">Gesamtkosten Security:</t>
   </si>
   <si>
     <t xml:space="preserve">StuRa Zuständigkeit </t>
   </si>
   <si>
     <t xml:space="preserve">Einzelpreis </t>
   </si>
   <si>
     <t xml:space="preserve">Shots </t>
   </si>
   <si>
     <t xml:space="preserve">Netto Discount</t>
   </si>
   <si>
-    <t xml:space="preserve">Plakate </t>
+    <t xml:space="preserve">Plakate A2</t>
   </si>
   <si>
     <t xml:space="preserve">die spez!s</t>
   </si>
   <si>
+    <t xml:space="preserve">Plakate A1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Plakat A0</t>
+  </si>
+  <si>
     <t xml:space="preserve">Paypal </t>
   </si>
   <si>
     <t xml:space="preserve">PayPal</t>
   </si>
   <si>
     <t xml:space="preserve">Ballons </t>
   </si>
   <si>
     <t xml:space="preserve">Genauere Finanzierung </t>
   </si>
   <si>
     <t xml:space="preserve">Einlassbändchen</t>
   </si>
   <si>
     <t xml:space="preserve">Gesamtkosten Sonstiges</t>
   </si>
   <si>
     <t xml:space="preserve">Ausgaben Gesamt </t>
   </si>
   <si>
     <t xml:space="preserve">Einnahmen Gesamt </t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">Benötigte Mittel </t>
   </si>
   <si>
     <t xml:space="preserve">Einkaufsmenge </t>
   </si>
   <si>
     <t xml:space="preserve">Preis pro VPE </t>
   </si>
   <si>
     <t xml:space="preserve">Portionen </t>
   </si>
   <si>
     <t xml:space="preserve"> Einkaufspreis p.P. </t>
   </si>
   <si>
     <t xml:space="preserve">VPE </t>
   </si>
   <si>
     <t xml:space="preserve">Menge pro VPE </t>
   </si>
   <si>
     <t xml:space="preserve">Einheit </t>
   </si>
   <si>
     <t xml:space="preserve">Clownsnase (Shot) </t>
   </si>
@@ -265,59 +277,60 @@
     <t xml:space="preserve">Bunte Ballons </t>
   </si>
   <si>
     <t xml:space="preserve">Beutel</t>
   </si>
   <si>
     <t xml:space="preserve">St.</t>
   </si>
   <si>
     <t xml:space="preserve">https://www.smythstoys.com/de/de-de/spielzeug/kreativitaet-musik-und-party/partyartikel/luftballons/party-balloons-mix-50-stueck/p/193075?srsltid=AfmBOopVwLEAbWQ3LlYe32jxn4mQ7cvn_7u9kStgXtqTGyRRNSRxAwuUg8g</t>
   </si>
   <si>
     <t xml:space="preserve">Helium </t>
   </si>
   <si>
     <t xml:space="preserve">Gasflasche</t>
   </si>
   <si>
     <t xml:space="preserve">https://stahlmann-commerce.de/products/magnum-helium-gas-fur-bis-zu-30-ballons-helium-balloon-gas-fur-bis-zu-30-luftballons-kopie?variant=51985697571154&amp;country=DE&amp;currency=EUR&amp;utm_medium=product_sync&amp;utm_source=google&amp;utm_content=sag_organic&amp;utm_campaign=sag_organic&amp;gad_source=1&amp;gad_campaignid=20753337502&amp;gbraid=0AAAAAppaCXdHNkHA3v8Y-Eu-Y5iGxUHph&amp;gclid=EAIaIQobChMIzf-p-ZahkQMVEJtQBh0SQDTZEAQYAiABEgIh3fD_BwE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="6">
+  <numFmts count="7">
     <numFmt numFmtId="164" formatCode="General"/>
     <numFmt numFmtId="165" formatCode="_-* #,##0.00&quot; €&quot;_-;\-* #,##0.00&quot; €&quot;_-;_-* \-??&quot; €&quot;_-;_-@_-"/>
     <numFmt numFmtId="166" formatCode="General"/>
-    <numFmt numFmtId="167" formatCode="#,##0&quot; €&quot;;[RED]\-#,##0&quot; €&quot;"/>
-[...1 lines deleted...]
-    <numFmt numFmtId="169" formatCode="#,##0.00&quot; €&quot;;[RED]\-#,##0.00&quot; €&quot;"/>
+    <numFmt numFmtId="167" formatCode="_-* #,##0.00\ _€_-;\-* #,##0.00\ _€_-;_-* \-??\ _€_-;_-@_-"/>
+    <numFmt numFmtId="168" formatCode="#,##0&quot; €&quot;;[RED]\-#,##0&quot; €&quot;"/>
+    <numFmt numFmtId="169" formatCode="0\ %"/>
+    <numFmt numFmtId="170" formatCode="#,##0.00&quot; €&quot;;[RED]\-#,##0.00&quot; €&quot;"/>
   </numFmts>
-  <fonts count="22">
+  <fonts count="23">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="0"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="0"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="0"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF9C0006"/>
@@ -418,50 +431,56 @@
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Aptos Narrow"/>
       <family val="0"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="0"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Aptos Narrow"/>
       <family val="0"/>
     </font>
     <font>
+      <sz val="12"/>
+      <color rgb="FF000000"/>
+      <name val="Times New Roman"/>
+      <family val="0"/>
+    </font>
+    <font>
       <b val="true"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
   </fonts>
   <fills count="15">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC7CE"/>
         <bgColor rgb="FFF2CFEE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF2F2F2"/>
         <bgColor rgb="FFFFFFFF"/>
@@ -512,51 +531,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD9F2D0"/>
         <bgColor rgb="FFC6EFCE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF47D45A"/>
         <bgColor rgb="FF339966"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD9D9D9"/>
         <bgColor rgb="FFF2CFEE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFBE3D6"/>
         <bgColor rgb="FFF2F2F2"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="32">
+  <borders count="40">
     <border diagonalUp="false" diagonalDown="false">
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border diagonalUp="false" diagonalDown="false">
       <left style="thin">
         <color rgb="FF7F7F7F"/>
       </left>
       <right style="thin">
         <color rgb="FF7F7F7F"/>
       </right>
       <top style="thin">
         <color rgb="FF7F7F7F"/>
       </top>
       <bottom style="thin">
         <color rgb="FF7F7F7F"/>
       </bottom>
       <diagonal/>
     </border>
     <border diagonalUp="false" diagonalDown="false">
       <left style="double">
         <color rgb="FF3F3F3F"/>
@@ -575,284 +594,343 @@
     <border diagonalUp="false" diagonalDown="false">
       <left style="medium"/>
       <right style="medium"/>
       <top style="medium"/>
       <bottom style="medium"/>
       <diagonal/>
     </border>
     <border diagonalUp="false" diagonalDown="false">
       <left style="medium"/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border diagonalUp="false" diagonalDown="false">
       <left/>
       <right style="medium"/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border diagonalUp="false" diagonalDown="false">
       <left style="medium"/>
       <right/>
       <top style="medium"/>
-      <bottom/>
+      <bottom style="medium"/>
+      <diagonal/>
+    </border>
+    <border diagonalUp="false" diagonalDown="false">
+      <left/>
+      <right/>
+      <top style="medium"/>
+      <bottom style="medium"/>
+      <diagonal/>
+    </border>
+    <border diagonalUp="false" diagonalDown="false">
+      <left/>
+      <right style="medium"/>
+      <top style="medium"/>
+      <bottom style="medium"/>
       <diagonal/>
     </border>
     <border diagonalUp="false" diagonalDown="false">
       <left/>
       <right/>
       <top style="medium"/>
       <bottom/>
       <diagonal/>
     </border>
     <border diagonalUp="false" diagonalDown="false">
       <left/>
       <right style="medium"/>
       <top style="medium"/>
-      <bottom style="medium"/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="medium"/>
+      <right style="thin"/>
+      <top style="medium"/>
+      <bottom style="thin"/>
+      <diagonal/>
+    </border>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="thin"/>
+      <right style="thin"/>
+      <top style="medium"/>
+      <bottom style="thin"/>
       <diagonal/>
     </border>
     <border diagonalUp="false" diagonalDown="false">
       <left/>
       <right style="medium"/>
       <top style="medium"/>
+      <bottom style="thin"/>
+      <diagonal/>
+    </border>
+    <border diagonalUp="false" diagonalDown="false">
+      <left/>
+      <right style="thin"/>
+      <top/>
+      <bottom style="thin"/>
+      <diagonal/>
+    </border>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="thin"/>
+      <right style="thin"/>
+      <top/>
+      <bottom style="thin"/>
+      <diagonal/>
+    </border>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="thin"/>
+      <right/>
+      <top/>
+      <bottom style="thin"/>
+      <diagonal/>
+    </border>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="thin"/>
+      <right style="thin"/>
+      <top style="thin"/>
+      <bottom style="thin"/>
+      <diagonal/>
+    </border>
+    <border diagonalUp="false" diagonalDown="false">
+      <left/>
+      <right style="thin"/>
+      <top style="thin"/>
+      <bottom style="thin"/>
+      <diagonal/>
+    </border>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="thin"/>
+      <right/>
+      <top style="thin"/>
+      <bottom style="thin"/>
+      <diagonal/>
+    </border>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="thin"/>
+      <right style="thin"/>
+      <top/>
       <bottom/>
+      <diagonal/>
+    </border>
+    <border diagonalUp="false" diagonalDown="false">
+      <left/>
+      <right style="thin"/>
+      <top style="thin"/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="thin"/>
+      <right style="thin"/>
+      <top style="thin"/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="thin"/>
+      <right/>
+      <top style="thin"/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="medium"/>
+      <right/>
+      <top style="thin"/>
+      <bottom style="thin"/>
+      <diagonal/>
+    </border>
+    <border diagonalUp="false" diagonalDown="false">
+      <left/>
+      <right/>
+      <top style="thin"/>
+      <bottom style="thin"/>
+      <diagonal/>
+    </border>
+    <border diagonalUp="false" diagonalDown="false">
+      <left/>
+      <right style="medium"/>
+      <top style="thin"/>
+      <bottom style="thin"/>
       <diagonal/>
     </border>
     <border diagonalUp="false" diagonalDown="false">
       <left style="medium"/>
       <right/>
       <top/>
       <bottom style="medium"/>
       <diagonal/>
     </border>
     <border diagonalUp="false" diagonalDown="false">
       <left/>
       <right/>
       <top/>
       <bottom style="medium"/>
       <diagonal/>
     </border>
     <border diagonalUp="false" diagonalDown="false">
       <left/>
       <right style="medium"/>
       <top/>
       <bottom style="medium"/>
       <diagonal/>
     </border>
     <border diagonalUp="false" diagonalDown="false">
       <left style="medium"/>
       <right style="thin"/>
       <top/>
       <bottom style="medium"/>
       <diagonal/>
     </border>
     <border diagonalUp="false" diagonalDown="false">
       <left style="thin"/>
       <right style="thin"/>
       <top/>
       <bottom style="medium"/>
       <diagonal/>
     </border>
     <border diagonalUp="false" diagonalDown="false">
       <left style="thin"/>
+      <right style="thin"/>
+      <top style="medium"/>
+      <bottom style="medium"/>
+      <diagonal/>
+    </border>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="medium"/>
       <right/>
-      <top/>
-      <bottom style="medium"/>
+      <top style="medium"/>
+      <bottom/>
       <diagonal/>
     </border>
     <border diagonalUp="false" diagonalDown="false">
       <left style="medium"/>
       <right style="thin"/>
       <top/>
       <bottom style="thin"/>
       <diagonal/>
     </border>
     <border diagonalUp="false" diagonalDown="false">
-      <left style="thin"/>
-[...12 lines deleted...]
-    <border diagonalUp="false" diagonalDown="false">
       <left style="medium"/>
       <right style="thin"/>
       <top style="thin"/>
       <bottom style="thin"/>
       <diagonal/>
     </border>
     <border diagonalUp="false" diagonalDown="false">
-      <left style="thin"/>
-[...33 lines deleted...]
-    <border diagonalUp="false" diagonalDown="false">
       <left style="medium"/>
       <right style="thin"/>
       <top style="medium"/>
       <bottom style="medium"/>
       <diagonal/>
     </border>
     <border diagonalUp="false" diagonalDown="false">
       <left style="thin"/>
-      <right style="thin"/>
-[...12 lines deleted...]
-      <left style="thin"/>
       <right style="medium"/>
       <top style="medium"/>
       <bottom style="medium"/>
       <diagonal/>
     </border>
     <border diagonalUp="false" diagonalDown="false">
       <left style="thin"/>
       <right style="thin"/>
       <top style="thin"/>
       <bottom style="medium"/>
       <diagonal/>
     </border>
     <border diagonalUp="false" diagonalDown="false">
       <left/>
       <right style="thin"/>
       <top style="medium"/>
       <bottom style="medium"/>
       <diagonal/>
     </border>
-    <border diagonalUp="false" diagonalDown="false">
-[...5 lines deleted...]
-    </border>
   </borders>
-  <cellStyleXfs count="28">
+  <cellStyleXfs count="29">
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="41" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="true" applyProtection="false">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
     </xf>
     <xf numFmtId="42" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
-    <xf numFmtId="168" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="true" applyProtection="false">
+    <xf numFmtId="169" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="true" applyProtection="false">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="2" borderId="0" applyFont="true" applyBorder="false" applyAlignment="true" applyProtection="false">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="3" borderId="1" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="4" borderId="2" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="true" applyProtection="false">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="5" borderId="0" applyFont="true" applyBorder="false" applyAlignment="true" applyProtection="false">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="true" applyProtection="false">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
     </xf>
     <xf numFmtId="164" fontId="10" fillId="0" borderId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="165" fontId="10" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="true" applyProtection="false">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="89">
+  <cellXfs count="101">
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="false" applyBorder="false" applyAlignment="false" applyProtection="false">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="11" fillId="6" borderId="0" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="12" fillId="7" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="12" fillId="7" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="13" fillId="8" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="8" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="9" borderId="4" xfId="0" applyFont="false" applyBorder="true" applyAlignment="false" applyProtection="false">
@@ -861,384 +939,440 @@
     </xf>
     <xf numFmtId="164" fontId="0" fillId="9" borderId="0" xfId="0" applyFont="false" applyBorder="false" applyAlignment="false" applyProtection="false">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="9" borderId="5" xfId="0" applyFont="false" applyBorder="true" applyAlignment="false" applyProtection="false">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="9" borderId="6" xfId="0" applyFont="false" applyBorder="true" applyAlignment="false" applyProtection="false">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="9" borderId="7" xfId="0" applyFont="false" applyBorder="true" applyAlignment="false" applyProtection="false">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="9" borderId="8" xfId="0" applyFont="false" applyBorder="true" applyAlignment="false" applyProtection="false">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="9" borderId="9" xfId="0" applyFont="false" applyBorder="true" applyAlignment="false" applyProtection="false">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="4" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+    <xf numFmtId="164" fontId="0" fillId="9" borderId="10" xfId="0" applyFont="false" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="11" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="true" applyBorder="false" applyAlignment="true" applyProtection="false">
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="12" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="12" xfId="0" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="13" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="14" fillId="9" borderId="0" xfId="0" applyFont="true" applyBorder="false" applyAlignment="true" applyProtection="false">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="true" applyBorder="false" applyAlignment="true" applyProtection="false">
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="14" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="4" xfId="0" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="false">
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="15" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="16" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="17" xfId="0" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="17" xfId="17" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="18" xfId="0" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="19" xfId="17" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="4" xfId="0" applyFont="false" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="20" xfId="0" applyFont="false" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="20" xfId="17" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="19" xfId="0" applyFont="false" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="21" xfId="0" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="166" fontId="0" fillId="0" borderId="22" xfId="0" applyFont="false" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="23" xfId="0" applyFont="false" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="24" xfId="0" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="25" xfId="0" applyFont="false" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="25" xfId="0" applyFont="false" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="26" xfId="0" applyFont="false" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="9" borderId="27" xfId="0" applyFont="false" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="9" borderId="28" xfId="0" applyFont="false" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="9" borderId="29" xfId="0" applyFont="false" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="30" xfId="0" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="31" xfId="0" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="32" xfId="0" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="9" borderId="33" xfId="0" applyFont="false" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="14" fillId="9" borderId="9" xfId="0" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="34" xfId="0" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="15" xfId="17" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="15" xfId="0" applyFont="false" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="35" xfId="0" applyFont="false" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="35" xfId="0" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="33" xfId="0" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="9" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="165" fontId="0" fillId="9" borderId="0" xfId="17" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="15" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="14" fillId="9" borderId="0" xfId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="19" xfId="20" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="15" fillId="0" borderId="19" xfId="0" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="17" xfId="0" applyFont="false" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="27" xfId="0" applyFont="false" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="28" xfId="0" applyFont="false" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="28" xfId="0" applyFont="false" applyBorder="true" applyAlignment="false" applyProtection="false">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="17" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
-    <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="false" applyBorder="false" applyAlignment="false" applyProtection="false">
-[...87 lines deleted...]
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="7" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+    <xf numFmtId="164" fontId="13" fillId="10" borderId="17" xfId="0" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="165" fontId="0" fillId="10" borderId="17" xfId="0" applyFont="false" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="167" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="false" applyBorder="false" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="13" fillId="11" borderId="17" xfId="0" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="165" fontId="0" fillId="11" borderId="17" xfId="0" applyFont="false" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="13" fillId="12" borderId="17" xfId="0" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="13" fillId="0" borderId="17" xfId="0" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="168" fontId="0" fillId="0" borderId="17" xfId="0" applyFont="false" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="169" fontId="14" fillId="0" borderId="0" xfId="19" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="165" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="170" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="7" borderId="36" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="8" borderId="12" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="8" borderId="32" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="8" borderId="37" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="8" borderId="38" xfId="0" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="22" fillId="13" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
-    <xf numFmtId="165" fontId="0" fillId="9" borderId="0" xfId="17" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="true">
-[...3 lines deleted...]
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="7" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="15" xfId="17" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
-    <xf numFmtId="164" fontId="14" fillId="9" borderId="0" xfId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false">
-[...96 lines deleted...]
-      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="15" xfId="0" applyFont="false" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="17" xfId="17" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
-    <xf numFmtId="165" fontId="0" fillId="0" borderId="17" xfId="0" applyFont="false" applyBorder="true" applyAlignment="false" applyProtection="false">
-[...3 lines deleted...]
-    <xf numFmtId="165" fontId="0" fillId="0" borderId="20" xfId="17" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+    <xf numFmtId="164" fontId="22" fillId="14" borderId="22" xfId="0" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="14" borderId="38" xfId="0" applyFont="false" applyBorder="true" applyAlignment="true" applyProtection="false">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
-    <xf numFmtId="164" fontId="21" fillId="14" borderId="23" xfId="0" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="false">
-[...3 lines deleted...]
-    <xf numFmtId="164" fontId="0" fillId="14" borderId="29" xfId="0" applyFont="false" applyBorder="true" applyAlignment="true" applyProtection="false">
+    <xf numFmtId="165" fontId="0" fillId="14" borderId="22" xfId="0" applyFont="false" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="14" borderId="22" xfId="0" applyFont="false" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="22" xfId="17" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
-    <xf numFmtId="165" fontId="0" fillId="14" borderId="23" xfId="0" applyFont="false" applyBorder="true" applyAlignment="false" applyProtection="false">
-[...7 lines deleted...]
-    <xf numFmtId="165" fontId="0" fillId="0" borderId="23" xfId="17" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+    <xf numFmtId="164" fontId="22" fillId="14" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="14" borderId="39" xfId="0" applyFont="false" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="14" borderId="32" xfId="0" applyFont="false" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="165" fontId="0" fillId="14" borderId="32" xfId="17" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
-    <xf numFmtId="164" fontId="21" fillId="14" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="false">
-[...11 lines deleted...]
-    <xf numFmtId="165" fontId="0" fillId="14" borderId="27" xfId="17" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+    <xf numFmtId="165" fontId="0" fillId="14" borderId="32" xfId="17" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="165" fontId="0" fillId="14" borderId="37" xfId="17" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="10" borderId="6" xfId="0" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="165" fontId="0" fillId="10" borderId="8" xfId="0" applyFont="false" applyBorder="true" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="12" xfId="17" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
-    <xf numFmtId="165" fontId="0" fillId="14" borderId="27" xfId="17" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="true">
-[...15 lines deleted...]
-    <xf numFmtId="165" fontId="0" fillId="0" borderId="26" xfId="17" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="0" xfId="26" applyFont="true" applyBorder="true" applyAlignment="false" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="38" xfId="17" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="17" xfId="0" applyFont="false" applyBorder="true" applyAlignment="false" applyProtection="false">
-[...10 lines deleted...]
-    </xf>
   </cellXfs>
-  <cellStyles count="14">
+  <cellStyles count="15">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Comma" xfId="15" builtinId="3"/>
     <cellStyle name="Comma [0]" xfId="16" builtinId="6"/>
     <cellStyle name="Currency" xfId="17" builtinId="4"/>
     <cellStyle name="Currency [0]" xfId="18" builtinId="7"/>
     <cellStyle name="Percent" xfId="19" builtinId="5"/>
-    <cellStyle name="Bad 1" xfId="20"/>
-[...6 lines deleted...]
-    <cellStyle name="Währung 2" xfId="27"/>
+    <cellStyle name="Bad 1" xfId="21"/>
+    <cellStyle name="Calculation" xfId="22"/>
+    <cellStyle name="Check Cell" xfId="23"/>
+    <cellStyle name="Explanatory Text" xfId="24"/>
+    <cellStyle name="Good 2" xfId="25"/>
+    <cellStyle name="Hyperlink 1" xfId="26"/>
+    <cellStyle name="Standard 2" xfId="27"/>
+    <cellStyle name="Währung 2" xfId="28"/>
+    <cellStyle name="*unknown*" xfId="20" builtinId="8"/>
   </cellStyles>
-  <dxfs count="2">
+  <dxfs count="3">
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="00FFFFFF"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FF000000"/>
           <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FF467886"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <colors>
     <indexedColors>
       <rgbColor rgb="FF000000"/>
       <rgbColor rgb="FFFFFFFF"/>
       <rgbColor rgb="FFFF0000"/>
       <rgbColor rgb="FF00FF00"/>
       <rgbColor rgb="FF0000FF"/>
       <rgbColor rgb="FFFFFF00"/>
       <rgbColor rgb="FFFF00FF"/>
       <rgbColor rgb="FF00FFFF"/>
       <rgbColor rgb="FF9C0006"/>
       <rgbColor rgb="FF006100"/>
       <rgbColor rgb="FF000080"/>
       <rgbColor rgb="FF808000"/>
       <rgbColor rgb="FF800080"/>
       <rgbColor rgb="FF008080"/>
       <rgbColor rgb="FFF2CFEE"/>
       <rgbColor rgb="FF7F7F7F"/>
       <rgbColor rgb="FF9999FF"/>
       <rgbColor rgb="FFCF4DC3"/>
       <rgbColor rgb="FFF2F2F2"/>
@@ -1278,63 +1412,63 @@
       <rgbColor rgb="FF993300"/>
       <rgbColor rgb="FF993366"/>
       <rgbColor rgb="FF333399"/>
       <rgbColor rgb="FF3F3F3F"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>159840</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>175680</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
-      <xdr:colOff>308520</xdr:colOff>
+      <xdr:colOff>308160</xdr:colOff>
       <xdr:row>11</xdr:row>
-      <xdr:rowOff>39960</xdr:rowOff>
+      <xdr:rowOff>39600</xdr:rowOff>
     </xdr:to>
     <xdr:sp>
       <xdr:nvSpPr>
         <xdr:cNvPr id="0" name="Textfeld 1"/>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="9120960" y="1185480"/>
-          <a:ext cx="3577680" cy="1197720"/>
+          <a:off x="9120960" y="1175760"/>
+          <a:ext cx="3562200" cy="1140480"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="lt1"/>
         </a:solidFill>
         <a:ln w="9525">
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0"/>
         <a:fillRef idx="0"/>
         <a:effectRef idx="0"/>
         <a:fontRef idx="minor"/>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr horzOverflow="clip" vertOverflow="clip" lIns="90000" rIns="90000" tIns="45000" bIns="45000" anchor="t">
           <a:noAutofit/>
         </a:bodyPr>
         <a:p>
           <a:pPr>
             <a:lnSpc>
               <a:spcPct val="100000"/>
@@ -1354,92 +1488,92 @@
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr>
             <a:lnSpc>
               <a:spcPct val="100000"/>
             </a:lnSpc>
           </a:pPr>
           <a:endParaRPr b="0" lang="de-DE" sz="1100" spc="-1" strike="noStrike">
             <a:latin typeface="Times New Roman"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr>
             <a:lnSpc>
               <a:spcPct val="100000"/>
             </a:lnSpc>
           </a:pPr>
           <a:r>
             <a:rPr b="0" lang="de-DE" sz="1100" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman"/>
             </a:rPr>
-            <a:t>Bassculture bringt eigene Technik mit. (Miete Technik 75,00€)</a:t>
+            <a:t>Bassculture (2 DJs) bringt eigene Technik mit. (Miete Technik 75,00€)</a:t>
           </a:r>
           <a:endParaRPr b="0" lang="de-DE" sz="1100" spc="-1" strike="noStrike">
             <a:latin typeface="Times New Roman"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr>
             <a:lnSpc>
               <a:spcPct val="100000"/>
             </a:lnSpc>
           </a:pPr>
           <a:endParaRPr b="0" lang="de-DE" sz="1100" spc="-1" strike="noStrike">
             <a:latin typeface="Times New Roman"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>153000</xdr:colOff>
       <xdr:row>14</xdr:row>
       <xdr:rowOff>69120</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
-      <xdr:colOff>301680</xdr:colOff>
+      <xdr:colOff>301320</xdr:colOff>
       <xdr:row>20</xdr:row>
-      <xdr:rowOff>115200</xdr:rowOff>
+      <xdr:rowOff>114840</xdr:rowOff>
     </xdr:to>
     <xdr:sp>
       <xdr:nvSpPr>
         <xdr:cNvPr id="1" name="Textfeld 2"/>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="9114120" y="2983680"/>
-          <a:ext cx="3577680" cy="1189080"/>
+          <a:off x="9114120" y="2898000"/>
+          <a:ext cx="3562200" cy="1141200"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="lt1"/>
         </a:solidFill>
         <a:ln w="9525">
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0"/>
         <a:fillRef idx="0"/>
         <a:effectRef idx="0"/>
         <a:fontRef idx="minor"/>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr horzOverflow="clip" vertOverflow="clip" lIns="90000" rIns="90000" tIns="45000" bIns="45000" anchor="t">
           <a:noAutofit/>
         </a:bodyPr>
         <a:p>
           <a:pPr>
             <a:lnSpc>
               <a:spcPct val="100000"/>
@@ -1487,63 +1621,63 @@
             <a:rPr b="0" lang="de-DE" sz="1100" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Aptos Narrow"/>
             </a:rPr>
             <a:t>--&gt; Anpassung Kalk mit ggf. Deko einzeln </a:t>
           </a:r>
           <a:endParaRPr b="0" lang="de-DE" sz="1100" spc="-1" strike="noStrike">
             <a:latin typeface="Times New Roman"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>153360</xdr:colOff>
       <xdr:row>14</xdr:row>
       <xdr:rowOff>73080</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
-      <xdr:colOff>302040</xdr:colOff>
+      <xdr:colOff>301680</xdr:colOff>
       <xdr:row>20</xdr:row>
-      <xdr:rowOff>119160</xdr:rowOff>
+      <xdr:rowOff>118800</xdr:rowOff>
     </xdr:to>
     <xdr:sp>
       <xdr:nvSpPr>
         <xdr:cNvPr id="2" name="Textfeld 5"/>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="9114480" y="2987640"/>
-          <a:ext cx="3577680" cy="1189080"/>
+          <a:off x="9114480" y="2901960"/>
+          <a:ext cx="3562200" cy="1141200"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="ff0000"/>
         </a:solidFill>
         <a:ln w="9525">
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0"/>
         <a:fillRef idx="0"/>
         <a:effectRef idx="0"/>
         <a:fontRef idx="minor"/>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr horzOverflow="clip" vertOverflow="clip" lIns="90000" rIns="90000" tIns="45000" bIns="45000" anchor="t">
           <a:noAutofit/>
         </a:bodyPr>
         <a:p>
           <a:pPr>
             <a:lnSpc>
               <a:spcPct val="100000"/>
@@ -1572,63 +1706,63 @@
             <a:rPr b="0" lang="de-DE" sz="1100" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Aptos Narrow"/>
             </a:rPr>
             <a:t>Die Differenz aus Umsatz und dem Mindestumsatz muss von uns gezahlt werden </a:t>
           </a:r>
           <a:endParaRPr b="0" lang="de-DE" sz="1100" spc="-1" strike="noStrike">
             <a:latin typeface="Times New Roman"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>204120</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>127080</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
-      <xdr:colOff>352800</xdr:colOff>
+      <xdr:colOff>352440</xdr:colOff>
       <xdr:row>27</xdr:row>
-      <xdr:rowOff>177840</xdr:rowOff>
+      <xdr:rowOff>177480</xdr:rowOff>
     </xdr:to>
     <xdr:sp>
       <xdr:nvSpPr>
         <xdr:cNvPr id="3" name="Textfeld 6"/>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="9165240" y="4375080"/>
-          <a:ext cx="3577680" cy="1193760"/>
+          <a:off x="9165240" y="4241880"/>
+          <a:ext cx="3562200" cy="1136160"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="lt1"/>
         </a:solidFill>
         <a:ln w="9525">
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0"/>
         <a:fillRef idx="0"/>
         <a:effectRef idx="0"/>
         <a:fontRef idx="minor"/>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr lIns="90000" rIns="90000" tIns="45000" bIns="45000" anchor="t">
           <a:noAutofit/>
         </a:bodyPr>
         <a:p>
           <a:pPr>
             <a:lnSpc>
               <a:spcPct val="100000"/>
@@ -1648,111 +1782,111 @@
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr>
             <a:lnSpc>
               <a:spcPct val="100000"/>
             </a:lnSpc>
           </a:pPr>
           <a:endParaRPr b="0" lang="de-DE" sz="1200" spc="-1" strike="noStrike">
             <a:latin typeface="Times New Roman"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr>
             <a:lnSpc>
               <a:spcPct val="100000"/>
             </a:lnSpc>
           </a:pPr>
           <a:r>
             <a:rPr b="0" lang="de-DE" sz="1200" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Aptos Narrow"/>
             </a:rPr>
-            <a:t>Ab 6.500 € Umsatz Kostenübernahme 50%  Security durch Vermieter</a:t>
+            <a:t>Ab 6.500 € Umsatz Kostenübernahme 50%  Security durch Vermieter (entspricht ca. 15€ p.P.)</a:t>
           </a:r>
           <a:endParaRPr b="0" lang="de-DE" sz="1200" spc="-1" strike="noStrike">
             <a:latin typeface="Times New Roman"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr>
             <a:lnSpc>
               <a:spcPct val="100000"/>
             </a:lnSpc>
           </a:pPr>
           <a:endParaRPr b="0" lang="de-DE" sz="1200" spc="-1" strike="noStrike">
             <a:latin typeface="Times New Roman"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr>
             <a:lnSpc>
               <a:spcPct val="100000"/>
             </a:lnSpc>
           </a:pPr>
           <a:r>
             <a:rPr b="0" lang="de-DE" sz="1200" spc="-1" strike="noStrike">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Aptos Narrow"/>
             </a:rPr>
-            <a:t>Ab 7.500 € Umsatz Kostenübernahme 100% Security durch Vermieter</a:t>
+            <a:t>Ab 7.500 € Umsatz Kostenübernahme 100% Security durch Vermieter (entspricht ca. 17€ p.P.)</a:t>
           </a:r>
           <a:endParaRPr b="0" lang="de-DE" sz="1200" spc="-1" strike="noStrike">
             <a:latin typeface="Times New Roman"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>230760</xdr:colOff>
       <xdr:row>33</xdr:row>
       <xdr:rowOff>86760</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
-      <xdr:colOff>379440</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>140040</xdr:rowOff>
+      <xdr:colOff>379080</xdr:colOff>
+      <xdr:row>41</xdr:row>
+      <xdr:rowOff>139680</xdr:rowOff>
     </xdr:to>
     <xdr:sp>
       <xdr:nvSpPr>
         <xdr:cNvPr id="4" name="Textfeld 7"/>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="9191880" y="6620760"/>
-          <a:ext cx="3577680" cy="1196280"/>
+          <a:off x="9191880" y="6382800"/>
+          <a:ext cx="3562200" cy="1500840"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="lt1"/>
         </a:solidFill>
         <a:ln w="9525">
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0"/>
         <a:fillRef idx="0"/>
         <a:effectRef idx="0"/>
         <a:fontRef idx="minor"/>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr horzOverflow="clip" vertOverflow="clip" lIns="90000" rIns="90000" tIns="45000" bIns="45000" anchor="t">
           <a:noAutofit/>
         </a:bodyPr>
         <a:p>
           <a:pPr>
             <a:lnSpc>
               <a:spcPct val="100000"/>
@@ -1803,119 +1937,119 @@
 
 <file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="3" name="TabelleGisela" displayName="TabelleGisela" ref="A15:D20" headerRowCount="1" totalsRowCount="0" totalsRowShown="0">
   <tableColumns count="4">
     <tableColumn id="1" name="Gisela Kosten "/>
     <tableColumn id="2" name="Preis "/>
     <tableColumn id="3" name="Mengen "/>
     <tableColumn id="4" name="Anmerkung "/>
   </tableColumns>
 </table>
 </file>
 
 <file path=xl/tables/table4.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="4" name="TabelleSecurity" displayName="TabelleSecurity" ref="A22:E31" headerRowCount="1" totalsRowCount="0" totalsRowShown="0">
   <tableColumns count="5">
     <tableColumn id="1" name="Security Kosten "/>
     <tableColumn id="2" name="Stunden "/>
     <tableColumn id="3" name="Stundenlohn p. P."/>
     <tableColumn id="4" name="inkl. MwSt."/>
     <tableColumn id="5" name="Gesamt p. P. "/>
   </tableColumns>
 </table>
 </file>
 
 <file path=xl/tables/table5.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="5" name="TabelleStura" displayName="TabelleStura" ref="A34:E41" headerRowCount="1" totalsRowCount="0" totalsRowShown="0">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="5" name="TabelleStura" displayName="TabelleStura" ref="A34:E43" headerRowCount="1" totalsRowCount="0" totalsRowShown="0">
   <tableColumns count="5">
     <tableColumn id="1" name="StuRa Zuständigkeit "/>
     <tableColumn id="2" name="Menge "/>
     <tableColumn id="3" name="Einzelpreis "/>
     <tableColumn id="4" name="Gesamtpreis "/>
     <tableColumn id="5" name="Anbieter "/>
   </tableColumns>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table4.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table5.xml"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spezis-online.de/preisliste" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spezis-online.de/preisliste" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.spezis-online.de/preisliste" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table5.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.smythstoys.com/de/de-de/spielzeug/kreativitaet-musik-und-party/partyartikel/luftballons/party-balloons-mix-50-stueck/p/193075?srsltid=AfmBOopVwLEAbWQ3LlYe32jxn4mQ7cvn_7u9kStgXtqTGyRRNSRxAwuUg8g" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stahlmann-commerce.de/products/magnum-helium-gas-fur-bis-zu-30-ballons-helium-balloon-gas-fur-bis-zu-30-luftballons-kopie?variant=51985697571154&amp;country=DE&amp;currency=EUR&amp;utm_medium=product_sync&amp;utm_source=google&amp;utm_content=sag_organic&amp;utm_campaign" TargetMode="External"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:R56"/>
+  <dimension ref="A1:R58"/>
   <sheetViews>
-    <sheetView showFormulas="false" showGridLines="false" showRowColHeaders="true" showZeros="true" rightToLeft="false" tabSelected="true" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0">
-      <selection pane="topLeft" activeCell="D43" activeCellId="0" sqref="D43"/>
+    <sheetView showFormulas="false" showGridLines="false" showRowColHeaders="true" showZeros="true" rightToLeft="false" tabSelected="true" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A7" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0">
+      <selection pane="topLeft" activeCell="D35" activeCellId="0" sqref="D35"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="10.71484375" defaultRowHeight="15" zeroHeight="false" outlineLevelRow="0" outlineLevelCol="0"/>
+  <sheetFormatPr defaultColWidth="10.66796875" defaultRowHeight="14.25" zeroHeight="false" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="1" min="1" style="0" width="42.57"/>
-[...8 lines deleted...]
-    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="18" min="18" style="0" width="10.57"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="1" min="1" style="0" width="42.56"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="2" min="2" style="0" width="16.55"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="3" min="3" style="0" width="18.89"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="4" min="4" style="0" width="16.55"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="5" min="5" style="0" width="17.44"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="13" min="12" style="0" width="13.44"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="14" min="14" style="0" width="15.45"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="15" min="15" style="0" width="14.67"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="16" min="16" style="0" width="19.11"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="18" min="18" style="0" width="10.56"/>
   </cols>
   <sheetData>
     <row r="1" customFormat="false" ht="23.25" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
       <c r="P1" s="1"/>
       <c r="Q1" s="1"/>
       <c r="R1" s="1"/>
     </row>
-    <row r="2" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+    <row r="2" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A2" s="1"/>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
     </row>
     <row r="3" customFormat="false" ht="25.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
@@ -1945,1682 +2079,1731 @@
       <c r="C4" s="4"/>
       <c r="D4" s="4"/>
       <c r="E4" s="4"/>
       <c r="F4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="G4" s="5"/>
       <c r="H4" s="5"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="K4" s="6"/>
       <c r="L4" s="7"/>
       <c r="M4" s="7"/>
       <c r="N4" s="7"/>
       <c r="O4" s="7"/>
       <c r="P4" s="7"/>
       <c r="Q4" s="7"/>
       <c r="R4" s="8"/>
     </row>
     <row r="5" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A5" s="9"/>
       <c r="B5" s="10"/>
       <c r="C5" s="10"/>
       <c r="D5" s="10"/>
       <c r="E5" s="11"/>
-      <c r="F5" s="10"/>
-[...3 lines deleted...]
-      <c r="J5" s="12"/>
+      <c r="F5" s="12"/>
+      <c r="G5" s="12"/>
+      <c r="H5" s="12"/>
+      <c r="I5" s="12"/>
+      <c r="J5" s="13"/>
       <c r="K5" s="6"/>
       <c r="L5" s="7"/>
       <c r="M5" s="7"/>
       <c r="N5" s="7"/>
       <c r="O5" s="7"/>
       <c r="P5" s="7"/>
       <c r="Q5" s="7"/>
       <c r="R5" s="8"/>
     </row>
-    <row r="6" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="A6" s="13" t="s">
+    <row r="6" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A6" s="14" t="s">
         <v>5</v>
       </c>
-      <c r="B6" s="14" t="s">
+      <c r="B6" s="15" t="s">
         <v>6</v>
       </c>
-      <c r="C6" s="14" t="s">
+      <c r="C6" s="15" t="s">
         <v>7</v>
       </c>
-      <c r="D6" s="0" t="s">
+      <c r="D6" s="16" t="s">
         <v>8</v>
       </c>
-      <c r="E6" s="14" t="s">
+      <c r="E6" s="17" t="s">
         <v>9</v>
       </c>
       <c r="F6" s="6"/>
-      <c r="G6" s="15"/>
+      <c r="G6" s="18"/>
       <c r="H6" s="7"/>
       <c r="I6" s="7"/>
       <c r="J6" s="8"/>
       <c r="K6" s="6"/>
       <c r="L6" s="7"/>
-      <c r="M6" s="16" t="s">
+      <c r="M6" s="19" t="s">
         <v>10</v>
       </c>
-      <c r="N6" s="16" t="s">
+      <c r="N6" s="20" t="s">
         <v>6</v>
       </c>
-      <c r="O6" s="16" t="s">
+      <c r="O6" s="20" t="s">
         <v>7</v>
       </c>
-      <c r="P6" s="16" t="s">
+      <c r="P6" s="21" t="s">
         <v>11</v>
       </c>
       <c r="Q6" s="7"/>
       <c r="R6" s="8"/>
     </row>
-    <row r="7" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="A7" s="17" t="s">
+    <row r="7" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A7" s="22" t="s">
         <v>12</v>
       </c>
-      <c r="B7" s="0" t="n">
+      <c r="B7" s="22" t="n">
         <v>5</v>
       </c>
-      <c r="C7" s="18" t="n">
+      <c r="C7" s="23" t="n">
         <f aca="false">D7/B7</f>
-        <v>76</v>
-[...2 lines deleted...]
-        <v>380</v>
+        <v>80</v>
+      </c>
+      <c r="D7" s="23" t="n">
+        <v>400</v>
+      </c>
+      <c r="E7" s="22" t="s">
+        <v>13</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="7"/>
       <c r="H7" s="7"/>
       <c r="I7" s="7"/>
       <c r="J7" s="8"/>
       <c r="K7" s="6"/>
       <c r="L7" s="7"/>
-      <c r="M7" s="0" t="s">
-[...5 lines deleted...]
-      <c r="O7" s="18" t="n">
+      <c r="M7" s="24" t="s">
+        <v>14</v>
+      </c>
+      <c r="N7" s="22" t="n">
+        <v>100</v>
+      </c>
+      <c r="O7" s="23" t="n">
         <v>4</v>
       </c>
-      <c r="P7" s="18" t="n">
+      <c r="P7" s="25" t="n">
         <f aca="false">PRODUCT(N7,O7)</f>
-        <v>800</v>
+        <v>400</v>
       </c>
       <c r="Q7" s="7"/>
       <c r="R7" s="8"/>
     </row>
-    <row r="8" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-[...3 lines deleted...]
-      <c r="B8" s="0" t="n">
+    <row r="8" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A8" s="22" t="s">
+        <v>15</v>
+      </c>
+      <c r="B8" s="22" t="n">
         <v>7</v>
       </c>
-      <c r="C8" s="18" t="n">
+      <c r="C8" s="23" t="n">
         <f aca="false">TabelleDJ[[#This Row],[Gesamtpreis]]/TabelleDJ[[#This Row],[Menge ]]</f>
         <v>68</v>
       </c>
-      <c r="D8" s="18" t="n">
+      <c r="D8" s="23" t="n">
         <f aca="false">400*1.19</f>
         <v>476</v>
+      </c>
+      <c r="E8" s="22" t="s">
+        <v>16</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="7"/>
       <c r="H8" s="7"/>
       <c r="I8" s="7"/>
       <c r="J8" s="8"/>
       <c r="K8" s="6"/>
       <c r="L8" s="7"/>
-      <c r="M8" s="0" t="s">
-[...2 lines deleted...]
-      <c r="N8" s="0" t="n">
+      <c r="M8" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="N8" s="22" t="n">
         <v>200</v>
       </c>
-      <c r="O8" s="18" t="n">
+      <c r="O8" s="23" t="n">
         <v>5</v>
       </c>
-      <c r="P8" s="18" t="n">
+      <c r="P8" s="25" t="n">
         <f aca="false">PRODUCT(N8,O8)</f>
         <v>1000</v>
       </c>
       <c r="Q8" s="7"/>
       <c r="R8" s="8"/>
     </row>
-    <row r="9" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-[...3 lines deleted...]
-      <c r="B9" s="0" t="n">
+    <row r="9" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A9" s="22" t="s">
+        <v>18</v>
+      </c>
+      <c r="B9" s="22" t="n">
         <v>7</v>
       </c>
-      <c r="C9" s="18" t="n">
+      <c r="C9" s="23" t="n">
         <v>50</v>
       </c>
-      <c r="D9" s="18" t="n">
+      <c r="D9" s="23" t="n">
         <f aca="false">B9*C9</f>
         <v>350</v>
+      </c>
+      <c r="E9" s="22" t="s">
+        <v>19</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="7"/>
       <c r="H9" s="7"/>
       <c r="I9" s="7"/>
       <c r="J9" s="8"/>
       <c r="K9" s="6"/>
       <c r="L9" s="7"/>
-      <c r="M9" s="0" t="s">
-[...5 lines deleted...]
-      <c r="O9" s="18" t="n">
+      <c r="M9" s="24" t="s">
+        <v>20</v>
+      </c>
+      <c r="N9" s="22" t="n">
+        <v>150</v>
+      </c>
+      <c r="O9" s="23" t="n">
         <v>6</v>
       </c>
-      <c r="P9" s="18" t="n">
+      <c r="P9" s="25" t="n">
         <f aca="false">PRODUCT(N9,O9)</f>
-        <v>600</v>
+        <v>900</v>
       </c>
       <c r="Q9" s="7"/>
       <c r="R9" s="8"/>
     </row>
-    <row r="10" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-[...5 lines deleted...]
-      </c>
+    <row r="10" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A10" s="26"/>
+      <c r="B10" s="27"/>
+      <c r="C10" s="28"/>
+      <c r="D10" s="28"/>
       <c r="F10" s="6"/>
       <c r="G10" s="7"/>
       <c r="H10" s="7"/>
       <c r="I10" s="7"/>
       <c r="J10" s="8"/>
       <c r="K10" s="6"/>
       <c r="L10" s="7"/>
+      <c r="M10" s="24"/>
+      <c r="N10" s="22"/>
+      <c r="O10" s="22"/>
+      <c r="P10" s="29"/>
       <c r="Q10" s="7"/>
       <c r="R10" s="8"/>
     </row>
-    <row r="11" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-[...1 lines deleted...]
-      <c r="C11" s="18"/>
+    <row r="11" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A11" s="26"/>
+      <c r="B11" s="27"/>
+      <c r="C11" s="28"/>
+      <c r="D11" s="27"/>
       <c r="F11" s="6"/>
       <c r="G11" s="7"/>
       <c r="H11" s="7"/>
       <c r="I11" s="7"/>
       <c r="J11" s="8"/>
       <c r="K11" s="6"/>
       <c r="L11" s="7"/>
-      <c r="M11" s="0" t="s">
-[...2 lines deleted...]
-      <c r="N11" s="0" t="n">
+      <c r="M11" s="30" t="s">
+        <v>21</v>
+      </c>
+      <c r="N11" s="31" t="n">
         <f aca="false">SUM(N7:N9)</f>
-        <v>500</v>
-[...1 lines deleted...]
-      <c r="P11" s="19" t="n">
+        <v>450</v>
+      </c>
+      <c r="O11" s="31"/>
+      <c r="P11" s="32" t="n">
         <f aca="false">SUM(P7:P9)</f>
-        <v>2400</v>
+        <v>2300</v>
       </c>
       <c r="Q11" s="7"/>
       <c r="R11" s="8"/>
     </row>
-    <row r="12" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-[...2 lines deleted...]
-      <c r="D12" s="18"/>
+    <row r="12" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A12" s="26"/>
+      <c r="B12" s="27"/>
+      <c r="C12" s="28"/>
+      <c r="D12" s="28"/>
       <c r="F12" s="6"/>
       <c r="G12" s="7"/>
       <c r="H12" s="7"/>
       <c r="I12" s="7"/>
       <c r="J12" s="8"/>
       <c r="K12" s="6"/>
       <c r="L12" s="7"/>
       <c r="M12" s="7"/>
       <c r="N12" s="7"/>
       <c r="O12" s="7"/>
       <c r="P12" s="7"/>
       <c r="Q12" s="7"/>
       <c r="R12" s="8"/>
     </row>
-    <row r="13" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-[...3 lines deleted...]
-      <c r="D13" s="19" t="n">
+    <row r="13" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A13" s="33" t="s">
+        <v>22</v>
+      </c>
+      <c r="B13" s="34"/>
+      <c r="C13" s="34"/>
+      <c r="D13" s="35" t="n">
         <f aca="false">SUM(D7:D10)</f>
-        <v>1206</v>
-[...4 lines deleted...]
-      </c>
+        <v>1226</v>
+      </c>
+      <c r="E13" s="36"/>
       <c r="F13" s="6"/>
       <c r="G13" s="7"/>
       <c r="H13" s="7"/>
       <c r="I13" s="7"/>
       <c r="J13" s="8"/>
       <c r="K13" s="6"/>
       <c r="L13" s="7"/>
       <c r="M13" s="7"/>
       <c r="N13" s="7"/>
       <c r="O13" s="7"/>
       <c r="P13" s="7"/>
       <c r="Q13" s="7"/>
       <c r="R13" s="8"/>
     </row>
     <row r="14" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="A14" s="20"/>
-[...8 lines deleted...]
-      <c r="J14" s="22"/>
+      <c r="A14" s="37"/>
+      <c r="B14" s="38"/>
+      <c r="C14" s="38"/>
+      <c r="D14" s="38"/>
+      <c r="E14" s="38"/>
+      <c r="F14" s="37"/>
+      <c r="G14" s="38"/>
+      <c r="H14" s="38"/>
+      <c r="I14" s="38"/>
+      <c r="J14" s="39"/>
       <c r="K14" s="6"/>
       <c r="L14" s="7"/>
       <c r="M14" s="7"/>
       <c r="N14" s="7"/>
       <c r="O14" s="7"/>
       <c r="P14" s="7"/>
       <c r="Q14" s="7"/>
       <c r="R14" s="8"/>
     </row>
     <row r="15" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="A15" s="23" t="s">
-[...8 lines deleted...]
-      <c r="D15" s="25" t="s">
+      <c r="A15" s="40" t="s">
         <v>23</v>
       </c>
+      <c r="B15" s="41" t="s">
+        <v>24</v>
+      </c>
+      <c r="C15" s="41" t="s">
+        <v>25</v>
+      </c>
+      <c r="D15" s="42" t="s">
+        <v>26</v>
+      </c>
       <c r="E15" s="7"/>
-      <c r="F15" s="9"/>
-[...3 lines deleted...]
-      <c r="J15" s="12"/>
+      <c r="F15" s="43"/>
+      <c r="G15" s="44"/>
+      <c r="H15" s="12"/>
+      <c r="I15" s="12"/>
+      <c r="J15" s="13"/>
       <c r="K15" s="6"/>
       <c r="L15" s="7"/>
       <c r="M15" s="7"/>
       <c r="N15" s="7"/>
       <c r="O15" s="7"/>
       <c r="P15" s="7"/>
       <c r="Q15" s="7"/>
       <c r="R15" s="8"/>
     </row>
-    <row r="16" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-[...5 lines deleted...]
-      <c r="D16" s="30"/>
+    <row r="16" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A16" s="45" t="s">
+        <v>27</v>
+      </c>
+      <c r="B16" s="46"/>
+      <c r="C16" s="47"/>
+      <c r="D16" s="16"/>
       <c r="E16" s="7"/>
       <c r="F16" s="6"/>
       <c r="G16" s="7"/>
       <c r="H16" s="7"/>
       <c r="I16" s="7"/>
       <c r="J16" s="8"/>
       <c r="K16" s="6"/>
       <c r="L16" s="7"/>
       <c r="M16" s="7"/>
       <c r="N16" s="7"/>
       <c r="O16" s="7"/>
       <c r="P16" s="7"/>
       <c r="Q16" s="7"/>
       <c r="R16" s="8"/>
     </row>
-    <row r="17" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-[...3 lines deleted...]
-      <c r="D17" s="34"/>
+    <row r="17" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A17" s="48"/>
+      <c r="B17" s="23"/>
+      <c r="C17" s="22"/>
+      <c r="D17" s="22"/>
       <c r="E17" s="7"/>
       <c r="F17" s="6"/>
       <c r="G17" s="7"/>
       <c r="H17" s="7"/>
       <c r="I17" s="7"/>
       <c r="J17" s="8"/>
       <c r="K17" s="6"/>
       <c r="L17" s="7"/>
       <c r="M17" s="7"/>
       <c r="N17" s="7"/>
       <c r="O17" s="7"/>
       <c r="P17" s="7"/>
       <c r="Q17" s="7"/>
       <c r="R17" s="8"/>
     </row>
-    <row r="18" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-[...5 lines deleted...]
-      <c r="D18" s="34"/>
+    <row r="18" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A18" s="49" t="s">
+        <v>28</v>
+      </c>
+      <c r="B18" s="23"/>
+      <c r="C18" s="22"/>
+      <c r="D18" s="22"/>
       <c r="E18" s="7"/>
       <c r="F18" s="6"/>
       <c r="G18" s="7"/>
       <c r="H18" s="7"/>
       <c r="I18" s="7"/>
       <c r="J18" s="8"/>
       <c r="K18" s="6"/>
       <c r="L18" s="7"/>
       <c r="M18" s="7"/>
       <c r="N18" s="7"/>
       <c r="O18" s="7"/>
       <c r="P18" s="7"/>
       <c r="Q18" s="7"/>
       <c r="R18" s="8"/>
     </row>
-    <row r="19" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-[...3 lines deleted...]
-      <c r="D19" s="34"/>
+    <row r="19" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A19" s="49"/>
+      <c r="B19" s="23"/>
+      <c r="C19" s="22"/>
+      <c r="D19" s="22"/>
       <c r="E19" s="7"/>
       <c r="F19" s="6"/>
       <c r="G19" s="7"/>
       <c r="H19" s="7"/>
       <c r="I19" s="7"/>
       <c r="J19" s="8"/>
       <c r="K19" s="6"/>
       <c r="L19" s="7"/>
       <c r="M19" s="7"/>
       <c r="N19" s="7"/>
       <c r="O19" s="7"/>
       <c r="P19" s="7"/>
       <c r="Q19" s="7"/>
       <c r="R19" s="8"/>
     </row>
-    <row r="20" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-[...3 lines deleted...]
-      <c r="B20" s="37" t="n">
+    <row r="20" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A20" s="22" t="s">
+        <v>29</v>
+      </c>
+      <c r="B20" s="23" t="n">
         <f aca="false">SUBTOTAL(109,TabelleGisela[[Preis ]])</f>
         <v>0</v>
       </c>
-      <c r="C20" s="38" t="n">
+      <c r="C20" s="22" t="n">
         <f aca="false">SUBTOTAL(109,TabelleGisela[[Mengen ]])</f>
         <v>0</v>
       </c>
-      <c r="D20" s="39"/>
+      <c r="D20" s="22"/>
       <c r="F20" s="6"/>
       <c r="G20" s="7"/>
       <c r="H20" s="7"/>
       <c r="I20" s="7"/>
       <c r="J20" s="8"/>
       <c r="K20" s="6"/>
       <c r="L20" s="7"/>
       <c r="M20" s="7"/>
       <c r="N20" s="7"/>
       <c r="O20" s="7"/>
       <c r="P20" s="7"/>
       <c r="Q20" s="7"/>
       <c r="R20" s="8"/>
     </row>
     <row r="21" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="A21" s="20"/>
-[...8 lines deleted...]
-      <c r="J21" s="22"/>
+      <c r="A21" s="37"/>
+      <c r="B21" s="38"/>
+      <c r="C21" s="38"/>
+      <c r="D21" s="38"/>
+      <c r="E21" s="38"/>
+      <c r="F21" s="37"/>
+      <c r="G21" s="38"/>
+      <c r="H21" s="38"/>
+      <c r="I21" s="38"/>
+      <c r="J21" s="39"/>
       <c r="K21" s="6"/>
       <c r="L21" s="7"/>
       <c r="M21" s="7"/>
       <c r="N21" s="7"/>
       <c r="O21" s="7"/>
       <c r="P21" s="7"/>
       <c r="Q21" s="7"/>
       <c r="R21" s="8"/>
     </row>
-    <row r="22" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-[...9 lines deleted...]
-      <c r="D22" s="41" t="s">
+    <row r="22" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A22" s="50" t="s">
         <v>30</v>
       </c>
-      <c r="E22" s="41" t="s">
+      <c r="B22" s="51" t="s">
         <v>31</v>
       </c>
-      <c r="F22" s="9"/>
-[...3 lines deleted...]
-      <c r="J22" s="12"/>
+      <c r="C22" s="51" t="s">
+        <v>32</v>
+      </c>
+      <c r="D22" s="51" t="s">
+        <v>33</v>
+      </c>
+      <c r="E22" s="51" t="s">
+        <v>34</v>
+      </c>
+      <c r="F22" s="43"/>
+      <c r="G22" s="12"/>
+      <c r="H22" s="12"/>
+      <c r="I22" s="12"/>
+      <c r="J22" s="13"/>
       <c r="K22" s="6"/>
       <c r="L22" s="7"/>
       <c r="M22" s="7"/>
       <c r="N22" s="7"/>
       <c r="O22" s="7"/>
       <c r="P22" s="7"/>
       <c r="Q22" s="7"/>
       <c r="R22" s="8"/>
     </row>
-    <row r="23" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-[...3 lines deleted...]
-      <c r="B23" s="0" t="n">
+    <row r="23" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A23" s="22" t="s">
+        <v>35</v>
+      </c>
+      <c r="B23" s="22" t="n">
         <v>21</v>
       </c>
-      <c r="C23" s="18" t="n">
+      <c r="C23" s="23" t="n">
         <v>28.5</v>
       </c>
-      <c r="D23" s="18" t="n">
+      <c r="D23" s="23" t="n">
         <f aca="false">C23*1.19</f>
         <v>33.915</v>
       </c>
-      <c r="E23" s="18" t="n">
+      <c r="E23" s="25" t="n">
         <f aca="false">B23*D23</f>
         <v>712.215</v>
       </c>
       <c r="F23" s="6"/>
       <c r="G23" s="7"/>
       <c r="H23" s="7"/>
       <c r="I23" s="7"/>
       <c r="J23" s="8"/>
       <c r="K23" s="6"/>
       <c r="L23" s="7"/>
       <c r="M23" s="7"/>
       <c r="N23" s="7"/>
       <c r="O23" s="7"/>
       <c r="P23" s="7"/>
       <c r="Q23" s="7"/>
       <c r="R23" s="8"/>
     </row>
-    <row r="24" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-[...9 lines deleted...]
-      </c>
+    <row r="24" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A24" s="22"/>
+      <c r="B24" s="22"/>
+      <c r="C24" s="23"/>
+      <c r="D24" s="23"/>
+      <c r="E24" s="25"/>
       <c r="F24" s="6"/>
       <c r="G24" s="7"/>
       <c r="H24" s="7"/>
       <c r="I24" s="7"/>
       <c r="J24" s="8"/>
       <c r="K24" s="6"/>
       <c r="L24" s="7"/>
       <c r="M24" s="7"/>
       <c r="N24" s="7"/>
       <c r="O24" s="7"/>
       <c r="P24" s="7"/>
       <c r="Q24" s="7"/>
       <c r="R24" s="8"/>
     </row>
-    <row r="25" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-[...9 lines deleted...]
-      </c>
+    <row r="25" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A25" s="22"/>
+      <c r="B25" s="22"/>
+      <c r="C25" s="23"/>
+      <c r="D25" s="23"/>
+      <c r="E25" s="25"/>
       <c r="F25" s="6"/>
       <c r="G25" s="7"/>
       <c r="H25" s="7"/>
       <c r="I25" s="7"/>
       <c r="J25" s="8"/>
       <c r="K25" s="6"/>
       <c r="L25" s="7"/>
       <c r="M25" s="7"/>
       <c r="N25" s="7"/>
       <c r="O25" s="7"/>
       <c r="P25" s="7"/>
       <c r="Q25" s="7"/>
       <c r="R25" s="8"/>
     </row>
-    <row r="26" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-[...9 lines deleted...]
-      </c>
+    <row r="26" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A26" s="22"/>
+      <c r="B26" s="22"/>
+      <c r="C26" s="23"/>
+      <c r="D26" s="23"/>
+      <c r="E26" s="25"/>
       <c r="F26" s="6"/>
       <c r="G26" s="7"/>
       <c r="H26" s="7"/>
       <c r="I26" s="7"/>
       <c r="J26" s="8"/>
       <c r="K26" s="6"/>
       <c r="L26" s="7"/>
       <c r="M26" s="7"/>
       <c r="N26" s="7"/>
       <c r="O26" s="7"/>
       <c r="P26" s="7"/>
       <c r="Q26" s="7"/>
       <c r="R26" s="8"/>
     </row>
-    <row r="27" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-[...9 lines deleted...]
-      </c>
+    <row r="27" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A27" s="22"/>
+      <c r="B27" s="22"/>
+      <c r="C27" s="23"/>
+      <c r="D27" s="23"/>
+      <c r="E27" s="25"/>
       <c r="F27" s="6"/>
       <c r="G27" s="7"/>
       <c r="H27" s="7"/>
       <c r="I27" s="7"/>
       <c r="J27" s="8"/>
       <c r="K27" s="6"/>
       <c r="L27" s="7"/>
       <c r="M27" s="7"/>
       <c r="N27" s="7"/>
       <c r="O27" s="7"/>
       <c r="P27" s="7"/>
       <c r="Q27" s="7"/>
       <c r="R27" s="8"/>
     </row>
-    <row r="28" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-[...9 lines deleted...]
-      </c>
+    <row r="28" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A28" s="22"/>
+      <c r="B28" s="22"/>
+      <c r="C28" s="23"/>
+      <c r="D28" s="23"/>
+      <c r="E28" s="25"/>
       <c r="F28" s="6"/>
       <c r="G28" s="7"/>
       <c r="H28" s="7"/>
       <c r="I28" s="7"/>
       <c r="J28" s="8"/>
       <c r="K28" s="6"/>
       <c r="L28" s="7"/>
       <c r="M28" s="7"/>
       <c r="N28" s="7"/>
       <c r="O28" s="7"/>
       <c r="P28" s="7"/>
       <c r="Q28" s="7"/>
       <c r="R28" s="8"/>
     </row>
-    <row r="29" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-[...9 lines deleted...]
-      </c>
+    <row r="29" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A29" s="22"/>
+      <c r="B29" s="22"/>
+      <c r="C29" s="23"/>
+      <c r="D29" s="23"/>
+      <c r="E29" s="25"/>
       <c r="F29" s="6"/>
       <c r="G29" s="7"/>
       <c r="H29" s="7"/>
       <c r="I29" s="7"/>
       <c r="J29" s="8"/>
       <c r="K29" s="6"/>
       <c r="L29" s="7"/>
       <c r="M29" s="7"/>
       <c r="N29" s="7"/>
       <c r="O29" s="7"/>
       <c r="P29" s="7"/>
       <c r="Q29" s="7"/>
       <c r="R29" s="8"/>
     </row>
-    <row r="30" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-[...9 lines deleted...]
-      </c>
+    <row r="30" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A30" s="22"/>
+      <c r="B30" s="22"/>
+      <c r="C30" s="23"/>
+      <c r="D30" s="23"/>
+      <c r="E30" s="25"/>
       <c r="F30" s="6"/>
       <c r="G30" s="7"/>
       <c r="H30" s="7"/>
       <c r="I30" s="7"/>
       <c r="J30" s="8"/>
       <c r="K30" s="6"/>
       <c r="L30" s="7"/>
       <c r="M30" s="7"/>
       <c r="N30" s="7"/>
       <c r="O30" s="7"/>
       <c r="P30" s="7"/>
       <c r="Q30" s="7"/>
       <c r="R30" s="8"/>
     </row>
-    <row r="31" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-[...5 lines deleted...]
-      <c r="E31" s="19" t="n">
+    <row r="31" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A31" s="33" t="s">
+        <v>36</v>
+      </c>
+      <c r="B31" s="34"/>
+      <c r="C31" s="35"/>
+      <c r="D31" s="35"/>
+      <c r="E31" s="35" t="n">
         <f aca="false">SUM(E23:E30)</f>
         <v>712.215</v>
       </c>
       <c r="F31" s="6"/>
       <c r="G31" s="7"/>
       <c r="H31" s="7"/>
       <c r="I31" s="7"/>
       <c r="J31" s="8"/>
       <c r="K31" s="6"/>
       <c r="L31" s="7"/>
       <c r="M31" s="7"/>
       <c r="N31" s="7"/>
       <c r="O31" s="7"/>
       <c r="P31" s="7"/>
       <c r="Q31" s="7"/>
       <c r="R31" s="8"/>
     </row>
-    <row r="32" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+    <row r="32" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A32" s="6"/>
       <c r="B32" s="7"/>
-      <c r="C32" s="42"/>
-      <c r="D32" s="42"/>
+      <c r="C32" s="52"/>
+      <c r="D32" s="52"/>
       <c r="E32" s="7"/>
       <c r="F32" s="6"/>
       <c r="G32" s="7"/>
       <c r="H32" s="7"/>
       <c r="I32" s="7"/>
       <c r="J32" s="8"/>
       <c r="K32" s="6"/>
       <c r="L32" s="7"/>
       <c r="M32" s="7"/>
       <c r="N32" s="7"/>
       <c r="O32" s="7"/>
       <c r="P32" s="7"/>
       <c r="Q32" s="7"/>
       <c r="R32" s="8"/>
     </row>
     <row r="33" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="A33" s="20"/>
-[...8 lines deleted...]
-      <c r="J33" s="22"/>
+      <c r="A33" s="37"/>
+      <c r="B33" s="38"/>
+      <c r="C33" s="38"/>
+      <c r="D33" s="38"/>
+      <c r="E33" s="38"/>
+      <c r="F33" s="37"/>
+      <c r="G33" s="38"/>
+      <c r="H33" s="38"/>
+      <c r="I33" s="38"/>
+      <c r="J33" s="39"/>
       <c r="K33" s="6"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="8"/>
     </row>
-    <row r="34" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-[...3 lines deleted...]
-      <c r="B34" s="41" t="s">
+    <row r="34" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A34" s="47" t="s">
+        <v>37</v>
+      </c>
+      <c r="B34" s="53" t="s">
         <v>6</v>
       </c>
-      <c r="C34" s="41" t="s">
-[...2 lines deleted...]
-      <c r="D34" s="41" t="s">
+      <c r="C34" s="53" t="s">
+        <v>38</v>
+      </c>
+      <c r="D34" s="53" t="s">
         <v>11</v>
       </c>
-      <c r="E34" s="43" t="s">
+      <c r="E34" s="21" t="s">
         <v>9</v>
       </c>
-      <c r="F34" s="9"/>
-[...3 lines deleted...]
-      <c r="J34" s="12"/>
+      <c r="F34" s="43"/>
+      <c r="G34" s="12"/>
+      <c r="H34" s="12"/>
+      <c r="I34" s="12"/>
+      <c r="J34" s="13"/>
       <c r="K34" s="6"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="8"/>
     </row>
-    <row r="35" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-[...6 lines deleted...]
-      <c r="C35" s="18" t="n">
+    <row r="35" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A35" s="22" t="s">
+        <v>39</v>
+      </c>
+      <c r="B35" s="22" t="n">
+        <v>700</v>
+      </c>
+      <c r="C35" s="23" t="n">
         <f aca="false">TabelleStura[[#This Row],[Gesamtpreis ]]/TabelleStura[[#This Row],[Menge ]]</f>
-        <v>0.16</v>
-[...5 lines deleted...]
-        <v>37</v>
+        <v>0.157142857142857</v>
+      </c>
+      <c r="D35" s="23" t="n">
+        <f aca="false">ROUNDUP('Genauere Finanzierung '!B15,0)+5</f>
+        <v>110</v>
+      </c>
+      <c r="E35" s="29" t="s">
+        <v>40</v>
       </c>
       <c r="F35" s="6"/>
-      <c r="G35" s="44"/>
+      <c r="G35" s="54"/>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="8"/>
       <c r="K35" s="6"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="8"/>
     </row>
-    <row r="36" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-[...14 lines deleted...]
-        <v>39</v>
+    <row r="36" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A36" s="22" t="s">
+        <v>41</v>
+      </c>
+      <c r="B36" s="22" t="n">
+        <v>2</v>
+      </c>
+      <c r="C36" s="23" t="n">
+        <v>6</v>
+      </c>
+      <c r="D36" s="23" t="n">
+        <f aca="false">PRODUCT(TabelleStura[[#This Row],[Menge ]:[Einzelpreis ]])</f>
+        <v>12</v>
+      </c>
+      <c r="E36" s="55" t="s">
+        <v>42</v>
       </c>
       <c r="F36" s="6"/>
-      <c r="G36" s="7"/>
+      <c r="G36" s="54"/>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="8"/>
       <c r="K36" s="6"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="8"/>
     </row>
-    <row r="37" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-[...10 lines deleted...]
-      <c r="D37" s="18" t="n">
+    <row r="37" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A37" s="22" t="s">
+        <v>43</v>
+      </c>
+      <c r="B37" s="22" t="n">
+        <v>4</v>
+      </c>
+      <c r="C37" s="23" t="n">
+        <v>9</v>
+      </c>
+      <c r="D37" s="23" t="n">
         <f aca="false">PRODUCT(B37,C37)</f>
-        <v>108</v>
-[...2 lines deleted...]
-        <v>41</v>
+        <v>36</v>
+      </c>
+      <c r="E37" s="55" t="s">
+        <v>42</v>
       </c>
       <c r="F37" s="6"/>
       <c r="G37" s="7"/>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="8"/>
       <c r="K37" s="6"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="8"/>
     </row>
-    <row r="38" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="A38" s="17" t="s">
+    <row r="38" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A38" s="22" t="s">
+        <v>44</v>
+      </c>
+      <c r="B38" s="22" t="n">
+        <v>1</v>
+      </c>
+      <c r="C38" s="23" t="n">
+        <v>12</v>
+      </c>
+      <c r="D38" s="23" t="n">
+        <f aca="false">PRODUCT(TabelleStura[[#This Row],[Menge ]:[Einzelpreis ]])</f>
+        <v>12</v>
+      </c>
+      <c r="E38" s="55" t="s">
         <v>42</v>
-      </c>
-[...5 lines deleted...]
-        <v>43</v>
       </c>
       <c r="F38" s="6"/>
       <c r="G38" s="7"/>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="8"/>
       <c r="K38" s="6"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="8"/>
     </row>
-    <row r="39" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-[...9 lines deleted...]
-      <c r="D39" s="18" t="n">
+    <row r="39" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A39" s="22" t="s">
+        <v>45</v>
+      </c>
+      <c r="B39" s="22" t="n">
+        <f aca="false">N8</f>
+        <v>200</v>
+      </c>
+      <c r="C39" s="23" t="n">
+        <v>0.54</v>
+      </c>
+      <c r="D39" s="23" t="n">
         <f aca="false">PRODUCT(B39,C39)</f>
-        <v>70</v>
+        <v>108</v>
+      </c>
+      <c r="E39" s="29" t="s">
+        <v>46</v>
       </c>
       <c r="F39" s="6"/>
       <c r="G39" s="7"/>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="8"/>
       <c r="K39" s="6"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="8"/>
     </row>
-    <row r="40" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-[...6 lines deleted...]
-        <v>408</v>
+    <row r="40" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A40" s="22" t="s">
+        <v>47</v>
+      </c>
+      <c r="B40" s="22"/>
+      <c r="C40" s="23"/>
+      <c r="D40" s="23" t="n">
+        <v>40</v>
+      </c>
+      <c r="E40" s="56" t="s">
+        <v>48</v>
       </c>
       <c r="F40" s="6"/>
       <c r="G40" s="7"/>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="8"/>
       <c r="K40" s="6"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="8"/>
     </row>
-    <row r="41" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-[...28 lines deleted...]
-        <f aca="false">D13+E31+D40</f>
+    <row r="41" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A41" s="22" t="s">
+        <v>49</v>
+      </c>
+      <c r="B41" s="22" t="n">
+        <v>1000</v>
+      </c>
+      <c r="C41" s="23" t="n">
+        <v>0.07</v>
+      </c>
+      <c r="D41" s="23" t="n">
+        <f aca="false">PRODUCT(B41,C41)</f>
+        <v>70</v>
+      </c>
+      <c r="E41" s="29"/>
+      <c r="F41" s="6"/>
+      <c r="G41" s="7"/>
+      <c r="H41" s="7"/>
+      <c r="I41" s="7"/>
+      <c r="J41" s="8"/>
+      <c r="K41" s="6"/>
+      <c r="L41" s="7"/>
+      <c r="M41" s="7"/>
+      <c r="N41" s="7"/>
+      <c r="O41" s="7"/>
+      <c r="P41" s="7"/>
+      <c r="Q41" s="7"/>
+      <c r="R41" s="8"/>
+    </row>
+    <row r="42" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A42" s="22" t="s">
+        <v>50</v>
+      </c>
+      <c r="B42" s="22"/>
+      <c r="C42" s="23"/>
+      <c r="D42" s="57" t="n">
+        <f aca="false">SUM(D35:D41)</f>
+        <v>388</v>
+      </c>
+      <c r="E42" s="29"/>
+      <c r="F42" s="6"/>
+      <c r="G42" s="7"/>
+      <c r="H42" s="7"/>
+      <c r="I42" s="7"/>
+      <c r="J42" s="8"/>
+      <c r="K42" s="6"/>
+      <c r="L42" s="7"/>
+      <c r="M42" s="7"/>
+      <c r="N42" s="7"/>
+      <c r="O42" s="7"/>
+      <c r="P42" s="7"/>
+      <c r="Q42" s="7"/>
+      <c r="R42" s="8"/>
+    </row>
+    <row r="43" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A43" s="58"/>
+      <c r="B43" s="59"/>
+      <c r="C43" s="60"/>
+      <c r="D43" s="60"/>
+      <c r="E43" s="59"/>
+      <c r="F43" s="37"/>
+      <c r="G43" s="38"/>
+      <c r="H43" s="38"/>
+      <c r="I43" s="38"/>
+      <c r="J43" s="39"/>
+      <c r="K43" s="37"/>
+      <c r="L43" s="38"/>
+      <c r="M43" s="38"/>
+      <c r="N43" s="38"/>
+      <c r="O43" s="38"/>
+      <c r="P43" s="38"/>
+      <c r="Q43" s="38"/>
+      <c r="R43" s="39"/>
+    </row>
+    <row r="44" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="C44" s="61"/>
+      <c r="D44" s="61"/>
+    </row>
+    <row r="46" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A46" s="62" t="s">
+        <v>51</v>
+      </c>
+      <c r="B46" s="63" t="n">
+        <f aca="false">D13+E31+D42</f>
         <v>2326.215</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B45" s="52" t="n">
+      <c r="C46" s="64"/>
+    </row>
+    <row r="47" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A47" s="65" t="s">
+        <v>52</v>
+      </c>
+      <c r="B47" s="66" t="n">
         <f aca="false">P11</f>
-        <v>2400</v>
-[...16 lines deleted...]
-      <c r="H47" s="57"/>
+        <v>2300</v>
+      </c>
     </row>
     <row r="48" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="D48" s="58"/>
-[...3 lines deleted...]
-      <c r="H48" s="57"/>
+      <c r="A48" s="67"/>
+      <c r="B48" s="57"/>
     </row>
     <row r="49" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="D49" s="58"/>
-[...52 lines deleted...]
-      <c r="H56" s="58"/>
+      <c r="A49" s="68"/>
+      <c r="B49" s="69"/>
+      <c r="E49" s="70"/>
+      <c r="F49" s="70"/>
+      <c r="G49" s="70"/>
+      <c r="H49" s="70"/>
+    </row>
+    <row r="50" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="D50" s="71"/>
+      <c r="E50" s="70"/>
+      <c r="F50" s="70"/>
+      <c r="G50" s="70"/>
+      <c r="H50" s="70"/>
+    </row>
+    <row r="51" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="D51" s="71"/>
+      <c r="E51" s="72"/>
+      <c r="F51" s="72"/>
+      <c r="G51" s="72"/>
+      <c r="H51" s="70"/>
+    </row>
+    <row r="52" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="D52" s="71"/>
+      <c r="E52" s="70"/>
+      <c r="F52" s="73"/>
+      <c r="G52" s="74"/>
+      <c r="H52" s="70"/>
+    </row>
+    <row r="53" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="D53" s="71"/>
+      <c r="E53" s="70"/>
+      <c r="F53" s="73"/>
+      <c r="G53" s="74"/>
+      <c r="H53" s="70"/>
+    </row>
+    <row r="54" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="D54" s="71"/>
+      <c r="E54" s="70"/>
+      <c r="F54" s="73"/>
+      <c r="G54" s="75"/>
+      <c r="H54" s="70"/>
+    </row>
+    <row r="55" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="D55" s="71"/>
+      <c r="E55" s="70"/>
+      <c r="F55" s="70"/>
+      <c r="G55" s="70"/>
+      <c r="H55" s="74"/>
+    </row>
+    <row r="56" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="D56" s="71"/>
+      <c r="E56" s="71"/>
+      <c r="F56" s="71"/>
+      <c r="G56" s="71"/>
+      <c r="H56" s="71"/>
+    </row>
+    <row r="57" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="D57" s="71"/>
+      <c r="E57" s="71"/>
+      <c r="F57" s="71"/>
+      <c r="G57" s="71"/>
+      <c r="H57" s="71"/>
+    </row>
+    <row r="58" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="D58" s="71"/>
+      <c r="E58" s="71"/>
+      <c r="F58" s="71"/>
+      <c r="G58" s="71"/>
+      <c r="H58" s="71"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A1:R2"/>
     <mergeCell ref="A3:J3"/>
     <mergeCell ref="K3:R3"/>
     <mergeCell ref="A4:E4"/>
     <mergeCell ref="F4:J4"/>
   </mergeCells>
-  <conditionalFormatting sqref="B46">
+  <conditionalFormatting sqref="B48">
     <cfRule type="colorScale" priority="2">
       <colorScale>
         <cfvo type="min" val="0"/>
         <cfvo type="percentile" val="50"/>
         <cfvo type="max" val="0"/>
         <color rgb="FFF8696B"/>
         <color rgb="FFFFEB84"/>
         <color rgb="FF63BE7B"/>
       </colorScale>
     </cfRule>
   </conditionalFormatting>
+  <hyperlinks>
+    <hyperlink ref="E36" r:id="rId1" display="die spez!s"/>
+    <hyperlink ref="E37" r:id="rId2" display="die spez!s"/>
+    <hyperlink ref="E38" r:id="rId3" display="die spez!s"/>
+  </hyperlinks>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.7" right="0.7" top="0.7875" bottom="0.7875" header="0.511811023622047" footer="0.511811023622047"/>
   <pageSetup paperSize="9" scale="100" fitToWidth="1" fitToHeight="1" pageOrder="downThenOver" orientation="portrait" blackAndWhite="false" draft="false" cellComments="none" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader/>
     <oddFooter/>
   </headerFooter>
-  <drawing r:id="rId1"/>
+  <drawing r:id="rId4"/>
   <tableParts>
-    <tablePart r:id="rId2"/>
-[...1 lines deleted...]
-    <tablePart r:id="rId4"/>
     <tablePart r:id="rId5"/>
     <tablePart r:id="rId6"/>
+    <tablePart r:id="rId7"/>
+    <tablePart r:id="rId8"/>
+    <tablePart r:id="rId9"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A2:K33"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="false" showRowColHeaders="true" showZeros="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0">
-      <selection pane="topLeft" activeCell="I13" activeCellId="0" sqref="I13"/>
+      <selection pane="topLeft" activeCell="K23" activeCellId="0" sqref="K23"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="10.71484375" defaultRowHeight="15" zeroHeight="false" outlineLevelRow="0" outlineLevelCol="0"/>
+  <sheetFormatPr defaultColWidth="10.66796875" defaultRowHeight="14.25" zeroHeight="false" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="1" min="1" style="0" width="32.14"/>
-[...2 lines deleted...]
-    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="8" min="8" style="0" width="21.43"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="1" min="1" style="0" width="32.11"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="4" min="4" style="0" width="21.33"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="6" min="6" style="0" width="10.56"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="8" min="8" style="0" width="21.44"/>
     <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="9" min="9" style="0" width="14"/>
-    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="10" min="10" style="0" width="21.57"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="10" min="10" style="0" width="21.56"/>
   </cols>
   <sheetData>
-    <row r="2" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="A2" s="63" t="s">
+    <row r="2" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A2" s="76" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="64" t="s">
-[...9 lines deleted...]
-      <c r="H2" s="65" t="s">
+      <c r="B2" s="77" t="s">
+        <v>53</v>
+      </c>
+      <c r="C2" s="77"/>
+      <c r="D2" s="77"/>
+      <c r="E2" s="77"/>
+      <c r="F2" s="78" t="s">
+        <v>54</v>
+      </c>
+      <c r="G2" s="78"/>
+      <c r="H2" s="78" t="s">
         <v>11</v>
       </c>
-      <c r="I2" s="65" t="s">
-[...8 lines deleted...]
-      <c r="B3" s="67" t="s">
+      <c r="I2" s="78" t="s">
+        <v>55</v>
+      </c>
+      <c r="J2" s="79" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="3" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A3" s="76"/>
+      <c r="B3" s="80" t="s">
         <v>6</v>
       </c>
-      <c r="C3" s="67" t="s">
-[...15 lines deleted...]
-      <c r="A4" s="68" t="s">
+      <c r="C3" s="80" t="s">
+        <v>57</v>
+      </c>
+      <c r="D3" s="80" t="s">
+        <v>58</v>
+      </c>
+      <c r="E3" s="80" t="s">
+        <v>59</v>
+      </c>
+      <c r="F3" s="78"/>
+      <c r="G3" s="78"/>
+      <c r="H3" s="78"/>
+      <c r="I3" s="78"/>
+      <c r="J3" s="79"/>
+    </row>
+    <row r="4" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A4" s="81" t="s">
+        <v>60</v>
+      </c>
+      <c r="B4" s="81"/>
+      <c r="C4" s="81"/>
+      <c r="D4" s="81"/>
+      <c r="E4" s="81"/>
+      <c r="F4" s="81"/>
+      <c r="G4" s="81"/>
+      <c r="H4" s="81"/>
+      <c r="I4" s="81"/>
+      <c r="J4" s="81"/>
+    </row>
+    <row r="5" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A5" s="47" t="s">
+        <v>61</v>
+      </c>
+      <c r="B5" s="47" t="n">
+        <v>8</v>
+      </c>
+      <c r="C5" s="47" t="s">
+        <v>62</v>
+      </c>
+      <c r="D5" s="47" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="E5" s="47" t="s">
+        <v>63</v>
+      </c>
+      <c r="F5" s="82" t="n">
+        <v>7</v>
+      </c>
+      <c r="G5" s="82"/>
+      <c r="H5" s="46" t="n">
+        <f aca="false">PRODUCT(B5,F5)</f>
         <v>56</v>
       </c>
-      <c r="B4" s="68"/>
-[...30 lines deleted...]
-        <f aca="false">PRODUCT(B5,F5)</f>
+      <c r="I5" s="47" t="n">
+        <v>550</v>
+      </c>
+      <c r="J5" s="83" t="n">
+        <f aca="false">H5/I5</f>
+        <v>0.101818181818182</v>
+      </c>
+    </row>
+    <row r="6" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A6" s="22" t="s">
+        <v>64</v>
+      </c>
+      <c r="B6" s="22" t="n">
+        <v>3</v>
+      </c>
+      <c r="C6" s="22" t="s">
+        <v>62</v>
+      </c>
+      <c r="D6" s="22" t="n">
+        <v>1</v>
+      </c>
+      <c r="E6" s="22" t="s">
         <v>63</v>
       </c>
-      <c r="I5" s="29" t="n">
-[...23 lines deleted...]
-      <c r="F6" s="71" t="n">
+      <c r="F6" s="84" t="n">
         <v>8</v>
       </c>
-      <c r="G6" s="71"/>
-      <c r="H6" s="32" t="n">
+      <c r="G6" s="84"/>
+      <c r="H6" s="23" t="n">
         <f aca="false">PRODUCT(B6,F6)</f>
         <v>24</v>
       </c>
-      <c r="I6" s="33" t="n">
-[...2 lines deleted...]
-      <c r="J6" s="70" t="n">
+      <c r="I6" s="22" t="n">
+        <v>550</v>
+      </c>
+      <c r="J6" s="83" t="n">
         <f aca="false">H6/I6</f>
-        <v>0.04</v>
-[...6 lines deleted...]
-      <c r="B7" s="33" t="n">
+        <v>0.0436363636363636</v>
+      </c>
+    </row>
+    <row r="7" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A7" s="22" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" s="22" t="n">
         <v>5</v>
       </c>
-      <c r="C7" s="33" t="s">
-[...2 lines deleted...]
-      <c r="D7" s="33" t="n">
+      <c r="C7" s="22" t="s">
+        <v>62</v>
+      </c>
+      <c r="D7" s="22" t="n">
         <v>0.75</v>
       </c>
-      <c r="E7" s="33" t="s">
-[...2 lines deleted...]
-      <c r="F7" s="71" t="n">
+      <c r="E7" s="22" t="s">
+        <v>63</v>
+      </c>
+      <c r="F7" s="84" t="n">
         <v>2</v>
       </c>
-      <c r="G7" s="71"/>
-      <c r="H7" s="32" t="n">
+      <c r="G7" s="84"/>
+      <c r="H7" s="23" t="n">
         <f aca="false">PRODUCT(B7,F7)</f>
         <v>10</v>
       </c>
-      <c r="I7" s="33" t="n">
-[...2 lines deleted...]
-      <c r="J7" s="70" t="n">
+      <c r="I7" s="22" t="n">
+        <v>550</v>
+      </c>
+      <c r="J7" s="83" t="n">
         <f aca="false">H7/I7</f>
-        <v>0.0133333333333333</v>
-[...3 lines deleted...]
-      <c r="A8" s="72" t="s">
+        <v>0.0181818181818182</v>
+      </c>
+    </row>
+    <row r="8" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A8" s="85" t="s">
+        <v>66</v>
+      </c>
+      <c r="B8" s="86"/>
+      <c r="C8" s="86"/>
+      <c r="D8" s="86"/>
+      <c r="E8" s="86"/>
+      <c r="F8" s="86"/>
+      <c r="G8" s="86"/>
+      <c r="H8" s="87" t="n">
+        <f aca="false">SUM(H5:H7)</f>
+        <v>90</v>
+      </c>
+      <c r="I8" s="88" t="n">
+        <v>550</v>
+      </c>
+      <c r="J8" s="87" t="n">
+        <f aca="false">SUM(J5:J7)</f>
+        <v>0.163636363636364</v>
+      </c>
+    </row>
+    <row r="9" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A9" s="81" t="s">
+        <v>67</v>
+      </c>
+      <c r="B9" s="81"/>
+      <c r="C9" s="81"/>
+      <c r="D9" s="81"/>
+      <c r="E9" s="81"/>
+      <c r="F9" s="81"/>
+      <c r="G9" s="81"/>
+      <c r="H9" s="81"/>
+      <c r="I9" s="81"/>
+      <c r="J9" s="81"/>
+    </row>
+    <row r="10" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A10" s="47" t="s">
+        <v>68</v>
+      </c>
+      <c r="B10" s="47" t="n">
+        <v>3</v>
+      </c>
+      <c r="C10" s="47" t="s">
         <v>62</v>
       </c>
-      <c r="B8" s="73"/>
-[...18 lines deleted...]
-      <c r="A9" s="68" t="s">
+      <c r="D10" s="47" t="n">
+        <v>1</v>
+      </c>
+      <c r="E10" s="47" t="s">
         <v>63</v>
       </c>
-      <c r="B9" s="68"/>
-[...25 lines deleted...]
-      <c r="F10" s="69" t="n">
+      <c r="F10" s="82" t="n">
         <v>2</v>
       </c>
-      <c r="G10" s="69"/>
-      <c r="H10" s="28" t="n">
+      <c r="G10" s="82"/>
+      <c r="H10" s="46" t="n">
         <f aca="false">B10*F10</f>
         <v>6</v>
       </c>
-      <c r="I10" s="29" t="n">
+      <c r="I10" s="47" t="n">
         <v>180</v>
       </c>
-      <c r="J10" s="28" t="n">
+      <c r="J10" s="46" t="n">
         <f aca="false">H10/I10</f>
         <v>0.0333333333333333</v>
       </c>
     </row>
-    <row r="11" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-[...3 lines deleted...]
-      <c r="B11" s="33" t="n">
+    <row r="11" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A11" s="22" t="s">
+        <v>69</v>
+      </c>
+      <c r="B11" s="22" t="n">
         <v>1</v>
       </c>
-      <c r="C11" s="29" t="s">
-[...2 lines deleted...]
-      <c r="D11" s="33" t="n">
+      <c r="C11" s="47" t="s">
+        <v>62</v>
+      </c>
+      <c r="D11" s="22" t="n">
         <v>1</v>
       </c>
-      <c r="E11" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F11" s="71" t="n">
+      <c r="E11" s="47" t="s">
+        <v>63</v>
+      </c>
+      <c r="F11" s="84" t="n">
         <v>8.11</v>
       </c>
-      <c r="G11" s="71"/>
-      <c r="H11" s="28" t="n">
+      <c r="G11" s="84"/>
+      <c r="H11" s="46" t="n">
         <f aca="false">B11*F11</f>
         <v>8.11</v>
       </c>
-      <c r="I11" s="33" t="n">
+      <c r="I11" s="22" t="n">
         <v>200</v>
       </c>
-      <c r="J11" s="28" t="n">
+      <c r="J11" s="46" t="n">
         <f aca="false">H11/I11</f>
         <v>0.04055</v>
       </c>
     </row>
-    <row r="12" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-[...21 lines deleted...]
-      <c r="H13" s="81" t="n">
+    <row r="12" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A12" s="31"/>
+      <c r="B12" s="31"/>
+      <c r="C12" s="31"/>
+      <c r="D12" s="31"/>
+      <c r="E12" s="31"/>
+      <c r="F12" s="89"/>
+      <c r="G12" s="89"/>
+      <c r="H12" s="46"/>
+      <c r="I12" s="31"/>
+      <c r="J12" s="46"/>
+    </row>
+    <row r="13" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A13" s="90" t="s">
+        <v>70</v>
+      </c>
+      <c r="B13" s="91"/>
+      <c r="C13" s="92"/>
+      <c r="D13" s="92"/>
+      <c r="E13" s="92"/>
+      <c r="F13" s="93"/>
+      <c r="G13" s="93"/>
+      <c r="H13" s="94" t="n">
         <f aca="false">SUM(H10:H12)</f>
         <v>14.11</v>
       </c>
-      <c r="I13" s="79" t="n">
+      <c r="I13" s="92" t="n">
         <v>150</v>
       </c>
-      <c r="J13" s="82" t="n">
+      <c r="J13" s="95" t="n">
         <f aca="false">SUM(J10:J12)</f>
         <v>0.0738833333333333</v>
       </c>
     </row>
-    <row r="15" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-[...3 lines deleted...]
-      <c r="B15" s="84" t="n">
+    <row r="15" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A15" s="96" t="s">
+        <v>71</v>
+      </c>
+      <c r="B15" s="97" t="n">
         <f aca="false">SUM(H8,H13)</f>
-        <v>111.11</v>
-[...3 lines deleted...]
-      <c r="A20" s="63" t="s">
+        <v>104.11</v>
+      </c>
+    </row>
+    <row r="20" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A20" s="76" t="s">
         <v>1</v>
       </c>
-      <c r="B20" s="64" t="s">
-[...5 lines deleted...]
-      <c r="F20" s="65" t="s">
+      <c r="B20" s="77" t="s">
+        <v>53</v>
+      </c>
+      <c r="C20" s="77"/>
+      <c r="D20" s="77"/>
+      <c r="E20" s="77"/>
+      <c r="F20" s="78" t="s">
+        <v>54</v>
+      </c>
+      <c r="G20" s="78"/>
+      <c r="H20" s="78" t="s">
+        <v>11</v>
+      </c>
+      <c r="I20" s="78" t="s">
+        <v>55</v>
+      </c>
+      <c r="J20" s="79" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="21" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A21" s="76"/>
+      <c r="B21" s="80" t="s">
+        <v>6</v>
+      </c>
+      <c r="C21" s="80" t="s">
+        <v>57</v>
+      </c>
+      <c r="D21" s="80" t="s">
+        <v>58</v>
+      </c>
+      <c r="E21" s="80" t="s">
+        <v>59</v>
+      </c>
+      <c r="F21" s="78"/>
+      <c r="G21" s="78"/>
+      <c r="H21" s="78"/>
+      <c r="I21" s="78"/>
+      <c r="J21" s="79"/>
+    </row>
+    <row r="22" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A22" s="81" t="s">
+        <v>72</v>
+      </c>
+      <c r="B22" s="81"/>
+      <c r="C22" s="81"/>
+      <c r="D22" s="81"/>
+      <c r="E22" s="81"/>
+      <c r="F22" s="81"/>
+      <c r="G22" s="81"/>
+      <c r="H22" s="81"/>
+      <c r="I22" s="81"/>
+      <c r="J22" s="81"/>
+    </row>
+    <row r="23" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A23" s="47" t="s">
+        <v>73</v>
+      </c>
+      <c r="B23" s="47" t="n">
+        <v>2</v>
+      </c>
+      <c r="C23" s="47" t="s">
+        <v>74</v>
+      </c>
+      <c r="D23" s="47" t="n">
         <v>50</v>
       </c>
-      <c r="G20" s="65"/>
-[...60 lines deleted...]
-      <c r="F23" s="85" t="n">
+      <c r="E23" s="47" t="s">
+        <v>75</v>
+      </c>
+      <c r="F23" s="98" t="n">
         <v>2.99</v>
       </c>
-      <c r="G23" s="85"/>
-      <c r="H23" s="28" t="n">
+      <c r="G23" s="98"/>
+      <c r="H23" s="46" t="n">
         <f aca="false">PRODUCT(B23,F23)</f>
         <v>5.98</v>
       </c>
-      <c r="I23" s="29"/>
-[...13 lines deleted...]
-      <c r="H24" s="32" t="n">
+      <c r="I23" s="47"/>
+      <c r="J23" s="47"/>
+      <c r="K23" s="99" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="24" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A24" s="22"/>
+      <c r="B24" s="22"/>
+      <c r="C24" s="22"/>
+      <c r="D24" s="22"/>
+      <c r="E24" s="22"/>
+      <c r="F24" s="84"/>
+      <c r="G24" s="84"/>
+      <c r="H24" s="23" t="n">
         <f aca="false">PRODUCT(B24,F24)</f>
         <v>0</v>
       </c>
-      <c r="I24" s="33"/>
-[...10 lines deleted...]
-      <c r="H25" s="32" t="n">
+      <c r="I24" s="22"/>
+      <c r="J24" s="83"/>
+    </row>
+    <row r="25" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A25" s="22"/>
+      <c r="B25" s="22"/>
+      <c r="C25" s="22"/>
+      <c r="D25" s="22"/>
+      <c r="E25" s="22"/>
+      <c r="F25" s="84"/>
+      <c r="G25" s="84"/>
+      <c r="H25" s="23" t="n">
         <f aca="false">PRODUCT(B25,F25)</f>
         <v>0</v>
       </c>
-      <c r="I25" s="33"/>
-[...12 lines deleted...]
-      <c r="H26" s="74" t="n">
+      <c r="I25" s="22"/>
+      <c r="J25" s="83"/>
+    </row>
+    <row r="26" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A26" s="85" t="s">
+        <v>66</v>
+      </c>
+      <c r="B26" s="86"/>
+      <c r="C26" s="86"/>
+      <c r="D26" s="86"/>
+      <c r="E26" s="86"/>
+      <c r="F26" s="86"/>
+      <c r="G26" s="86"/>
+      <c r="H26" s="87" t="n">
         <f aca="false">SUM(H23:H25)</f>
         <v>5.98</v>
       </c>
-      <c r="I26" s="75"/>
-[...18 lines deleted...]
-      <c r="B28" s="29" t="n">
+      <c r="I26" s="88"/>
+      <c r="J26" s="87"/>
+    </row>
+    <row r="27" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A27" s="81" t="s">
+        <v>77</v>
+      </c>
+      <c r="B27" s="81"/>
+      <c r="C27" s="81"/>
+      <c r="D27" s="81"/>
+      <c r="E27" s="81"/>
+      <c r="F27" s="81"/>
+      <c r="G27" s="81"/>
+      <c r="H27" s="81"/>
+      <c r="I27" s="81"/>
+      <c r="J27" s="81"/>
+    </row>
+    <row r="28" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A28" s="47"/>
+      <c r="B28" s="47" t="n">
         <v>1</v>
       </c>
-      <c r="C28" s="29" t="s">
-[...2 lines deleted...]
-      <c r="D28" s="29" t="n">
+      <c r="C28" s="47" t="s">
+        <v>78</v>
+      </c>
+      <c r="D28" s="47" t="n">
         <v>1</v>
       </c>
-      <c r="E28" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F28" s="85" t="n">
+      <c r="E28" s="47" t="s">
+        <v>75</v>
+      </c>
+      <c r="F28" s="98" t="n">
         <v>29.99</v>
       </c>
-      <c r="G28" s="85"/>
-      <c r="H28" s="28" t="n">
+      <c r="G28" s="98"/>
+      <c r="H28" s="46" t="n">
         <f aca="false">B28*F28</f>
         <v>29.99</v>
       </c>
-      <c r="I28" s="29"/>
-[...13 lines deleted...]
-      <c r="H29" s="28" t="n">
+      <c r="I28" s="47"/>
+      <c r="J28" s="46"/>
+      <c r="K28" s="99" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="29" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A29" s="22"/>
+      <c r="B29" s="22"/>
+      <c r="C29" s="47"/>
+      <c r="D29" s="22"/>
+      <c r="E29" s="47"/>
+      <c r="F29" s="84"/>
+      <c r="G29" s="84"/>
+      <c r="H29" s="46" t="n">
         <f aca="false">B29*F29</f>
         <v>0</v>
       </c>
-      <c r="I29" s="33"/>
-[...24 lines deleted...]
-      <c r="H31" s="81" t="n">
+      <c r="I29" s="22"/>
+      <c r="J29" s="46"/>
+    </row>
+    <row r="30" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A30" s="31"/>
+      <c r="B30" s="31"/>
+      <c r="C30" s="31"/>
+      <c r="D30" s="31"/>
+      <c r="E30" s="31"/>
+      <c r="F30" s="100"/>
+      <c r="G30" s="100"/>
+      <c r="H30" s="46"/>
+      <c r="I30" s="31"/>
+      <c r="J30" s="46"/>
+    </row>
+    <row r="31" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A31" s="90" t="s">
+        <v>70</v>
+      </c>
+      <c r="B31" s="91"/>
+      <c r="C31" s="92"/>
+      <c r="D31" s="92"/>
+      <c r="E31" s="92"/>
+      <c r="F31" s="93"/>
+      <c r="G31" s="93"/>
+      <c r="H31" s="94" t="n">
         <f aca="false">SUM(H28:H30)</f>
         <v>29.99</v>
       </c>
-      <c r="I31" s="79"/>
-[...6 lines deleted...]
-      <c r="B33" s="84" t="n">
+      <c r="I31" s="92"/>
+      <c r="J31" s="95"/>
+    </row>
+    <row r="33" customFormat="false" ht="14.25" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A33" s="96" t="s">
+        <v>71</v>
+      </c>
+      <c r="B33" s="97" t="n">
         <f aca="false">SUM(H26,H31)</f>
         <v>35.97</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="32">
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="B2:E2"/>
     <mergeCell ref="F2:G3"/>
     <mergeCell ref="H2:H3"/>
     <mergeCell ref="I2:I3"/>
     <mergeCell ref="J2:J3"/>
     <mergeCell ref="A4:J4"/>
     <mergeCell ref="F5:G5"/>
     <mergeCell ref="F6:G6"/>
     <mergeCell ref="F7:G7"/>
     <mergeCell ref="B8:G8"/>
     <mergeCell ref="A9:J9"/>
     <mergeCell ref="F10:G10"/>
     <mergeCell ref="F11:G11"/>
     <mergeCell ref="F12:G12"/>
     <mergeCell ref="F13:G13"/>
     <mergeCell ref="A20:A21"/>
     <mergeCell ref="B20:E20"/>
     <mergeCell ref="F20:G21"/>